--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -5,404 +5,406 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Common-MS\TRAF Calculators\TRAF Contribution Calculator\Working Copy\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Common-MS\TRAF Calculators\TRAF Contribution Calculator\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9AE62951-F37F-481A-9019-2A99FAD06BE9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E38F1D83-B862-4DBF-8B6D-CB8CC05A84D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="iLX16T3wwaXCan7gxBUT2trsqzCLGntN/J9dqO47fZ4BnGWV6eZpzi/K4XU7GgRAQawFZfBp8rH8P0kHUFaxOg==" workbookSaltValue="82kAOuT2HtjBVbYTs0KcLw==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="267" xr2:uid="{F46D9D8C-4000-43EA-A35E-EB7922A2F272}"/>
   </bookViews>
   <sheets>
     <sheet name="2025-2026" sheetId="22" r:id="rId1"/>
     <sheet name="2024-2025" sheetId="20" r:id="rId2"/>
     <sheet name="2023-2024" sheetId="18" r:id="rId3"/>
     <sheet name="2022-2023" sheetId="19" r:id="rId4"/>
     <sheet name="2021-2022" sheetId="21" state="hidden" r:id="rId5"/>
     <sheet name="2020-2021" sheetId="12" state="hidden" r:id="rId6"/>
     <sheet name="TABLES" sheetId="9" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'2021-2022'!$A$1:$K$109</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'2022-2023'!$A$1:$K$109</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'2023-2024'!$A$1:$K$109</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'2024-2025'!$A$1:$K$109</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'2025-2026'!$A$1:$K$109</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E30" i="22" l="1"/>
+  <c r="C105" i="22" l="1"/>
+  <c r="D105" i="22" s="1"/>
+  <c r="C104" i="22"/>
+  <c r="C103" i="22"/>
+  <c r="C102" i="22"/>
+  <c r="G102" i="22" s="1"/>
+  <c r="I102" i="22" s="1"/>
+  <c r="E30" i="22"/>
   <c r="E31" i="22"/>
   <c r="E32" i="22"/>
   <c r="E33" i="22"/>
   <c r="E29" i="22"/>
   <c r="B33" i="22"/>
   <c r="B32" i="22"/>
   <c r="B31" i="22"/>
   <c r="J106" i="22"/>
-  <c r="G105" i="22"/>
-[...4 lines deleted...]
-  <c r="D104" i="22" s="1"/>
+  <c r="D104" i="22"/>
   <c r="D103" i="22"/>
-  <c r="C103" i="22"/>
-  <c r="G103" i="22" s="1"/>
+  <c r="G103" i="22"/>
   <c r="I103" i="22" s="1"/>
   <c r="D102" i="22"/>
-  <c r="C102" i="22"/>
-[...1 lines deleted...]
-  <c r="I102" i="22" s="1"/>
   <c r="J84" i="22"/>
   <c r="C83" i="22"/>
   <c r="G83" i="22" s="1"/>
   <c r="I83" i="22" s="1"/>
-  <c r="D82" i="22"/>
   <c r="C82" i="22"/>
   <c r="G82" i="22" s="1"/>
   <c r="I82" i="22" s="1"/>
   <c r="D81" i="22"/>
   <c r="C81" i="22"/>
   <c r="G81" i="22" s="1"/>
   <c r="I81" i="22" s="1"/>
   <c r="D80" i="22"/>
   <c r="C80" i="22"/>
   <c r="G80" i="22" s="1"/>
   <c r="I80" i="22" s="1"/>
   <c r="J34" i="22"/>
   <c r="C33" i="22"/>
   <c r="C32" i="22"/>
   <c r="C31" i="22"/>
   <c r="D30" i="22"/>
   <c r="B30" i="22"/>
   <c r="C30" i="22" s="1"/>
   <c r="G30" i="22" s="1"/>
   <c r="I30" i="22" s="1"/>
   <c r="D29" i="22"/>
   <c r="B29" i="22"/>
   <c r="C29" i="22" s="1"/>
-  <c r="G29" i="22" s="1"/>
-  <c r="I29" i="22" s="1"/>
   <c r="D28" i="22"/>
   <c r="C28" i="22"/>
-  <c r="G28" i="22" s="1"/>
-  <c r="I28" i="22" s="1"/>
   <c r="B20" i="22"/>
   <c r="B19" i="22"/>
-  <c r="G83" i="20"/>
-[...6 lines deleted...]
-  <c r="I80" i="20" s="1"/>
   <c r="J106" i="21"/>
   <c r="C105" i="21"/>
   <c r="D105" i="21" s="1"/>
   <c r="C104" i="21"/>
   <c r="D104" i="21" s="1"/>
   <c r="D103" i="21"/>
   <c r="C103" i="21"/>
   <c r="G103" i="21" s="1"/>
   <c r="I103" i="21" s="1"/>
   <c r="D102" i="21"/>
   <c r="C102" i="21"/>
   <c r="G102" i="21" s="1"/>
   <c r="I102" i="21" s="1"/>
   <c r="J84" i="21"/>
   <c r="C83" i="21"/>
   <c r="D83" i="21" s="1"/>
   <c r="C82" i="21"/>
   <c r="D82" i="21" s="1"/>
   <c r="D81" i="21"/>
   <c r="C81" i="21"/>
   <c r="G81" i="21" s="1"/>
   <c r="I81" i="21" s="1"/>
   <c r="D80" i="21"/>
   <c r="C80" i="21"/>
   <c r="G80" i="21"/>
   <c r="I80" i="21" s="1"/>
   <c r="J34" i="21"/>
   <c r="C33" i="21"/>
   <c r="D33" i="21" s="1"/>
   <c r="C32" i="21"/>
   <c r="D32" i="21" s="1"/>
   <c r="C31" i="21"/>
   <c r="D31" i="21" s="1"/>
   <c r="D30" i="21"/>
   <c r="C30" i="21"/>
   <c r="D29" i="21"/>
   <c r="C29" i="21"/>
   <c r="D28" i="21"/>
   <c r="C28" i="21"/>
   <c r="B20" i="21"/>
   <c r="B19" i="21"/>
-  <c r="G29" i="21" s="1"/>
-  <c r="I29" i="21" s="1"/>
   <c r="B33" i="20"/>
   <c r="C33" i="20"/>
   <c r="B32" i="20"/>
   <c r="C32" i="20"/>
   <c r="D32" i="20" s="1"/>
   <c r="A20" i="20"/>
   <c r="B20" i="20"/>
   <c r="B30" i="20"/>
   <c r="C30" i="20"/>
   <c r="B29" i="20"/>
   <c r="A19" i="20"/>
   <c r="J106" i="20"/>
   <c r="C105" i="20"/>
   <c r="D105" i="20" s="1"/>
   <c r="G105" i="20"/>
   <c r="I105" i="20" s="1"/>
   <c r="C104" i="20"/>
   <c r="G104" i="20" s="1"/>
   <c r="I104" i="20" s="1"/>
   <c r="D103" i="20"/>
   <c r="C103" i="20"/>
-  <c r="G103" i="20"/>
+  <c r="G103" i="20" s="1"/>
   <c r="I103" i="20" s="1"/>
   <c r="D102" i="20"/>
   <c r="C102" i="20"/>
   <c r="G102" i="20" s="1"/>
   <c r="I102" i="20" s="1"/>
   <c r="J84" i="20"/>
   <c r="C83" i="20"/>
   <c r="D83" i="20" s="1"/>
   <c r="C82" i="20"/>
+  <c r="G82" i="20" s="1"/>
+  <c r="I82" i="20" s="1"/>
   <c r="D81" i="20"/>
   <c r="C81" i="20"/>
+  <c r="G81" i="20" s="1"/>
+  <c r="I81" i="20" s="1"/>
   <c r="D80" i="20"/>
   <c r="C80" i="20"/>
+  <c r="G80" i="20" s="1"/>
+  <c r="I80" i="20" s="1"/>
   <c r="J34" i="20"/>
   <c r="C31" i="20"/>
   <c r="D30" i="20"/>
   <c r="D29" i="20"/>
   <c r="C29" i="20"/>
-  <c r="G29" i="20" s="1"/>
-  <c r="I29" i="20" s="1"/>
   <c r="D28" i="20"/>
   <c r="C28" i="20"/>
   <c r="B19" i="20"/>
   <c r="J84" i="18"/>
   <c r="J106" i="19"/>
   <c r="C105" i="19"/>
   <c r="D105" i="19" s="1"/>
-  <c r="G105" i="19"/>
-  <c r="I105" i="19"/>
   <c r="C104" i="19"/>
   <c r="G104" i="19" s="1"/>
   <c r="I104" i="19" s="1"/>
   <c r="D103" i="19"/>
   <c r="C103" i="19"/>
   <c r="G103" i="19" s="1"/>
   <c r="I103" i="19" s="1"/>
   <c r="D102" i="19"/>
   <c r="C102" i="19"/>
   <c r="G102" i="19" s="1"/>
   <c r="I102" i="19" s="1"/>
   <c r="J84" i="19"/>
   <c r="C83" i="19"/>
   <c r="D83" i="19" s="1"/>
   <c r="C82" i="19"/>
   <c r="G82" i="19" s="1"/>
   <c r="I82" i="19" s="1"/>
   <c r="D81" i="19"/>
   <c r="C81" i="19"/>
-  <c r="G81" i="19"/>
+  <c r="G81" i="19" s="1"/>
   <c r="I81" i="19" s="1"/>
   <c r="D80" i="19"/>
   <c r="C80" i="19"/>
   <c r="G80" i="19" s="1"/>
   <c r="I80" i="19" s="1"/>
   <c r="J34" i="19"/>
   <c r="C33" i="19"/>
   <c r="D33" i="19" s="1"/>
   <c r="C32" i="19"/>
   <c r="D32" i="19" s="1"/>
   <c r="C31" i="19"/>
   <c r="D31" i="19" s="1"/>
   <c r="D30" i="19"/>
   <c r="C30" i="19"/>
   <c r="D29" i="19"/>
   <c r="C29" i="19"/>
   <c r="D28" i="19"/>
   <c r="C28" i="19"/>
   <c r="B20" i="19"/>
   <c r="B19" i="19"/>
   <c r="J106" i="18"/>
   <c r="C105" i="18"/>
   <c r="D105" i="18" s="1"/>
   <c r="C104" i="18"/>
   <c r="D104" i="18" s="1"/>
   <c r="D103" i="18"/>
   <c r="C103" i="18"/>
   <c r="G103" i="18" s="1"/>
   <c r="I103" i="18" s="1"/>
   <c r="D102" i="18"/>
   <c r="C102" i="18"/>
   <c r="G102" i="18" s="1"/>
   <c r="I102" i="18" s="1"/>
   <c r="C83" i="18"/>
   <c r="D83" i="18" s="1"/>
   <c r="C82" i="18"/>
   <c r="G82" i="18" s="1"/>
   <c r="I82" i="18" s="1"/>
   <c r="D81" i="18"/>
   <c r="C81" i="18"/>
-  <c r="G81" i="18"/>
+  <c r="G81" i="18" s="1"/>
   <c r="I81" i="18" s="1"/>
   <c r="D80" i="18"/>
   <c r="C80" i="18"/>
-  <c r="G80" i="18"/>
-  <c r="I80" i="18"/>
+  <c r="G80" i="18" s="1"/>
+  <c r="I80" i="18" s="1"/>
   <c r="J34" i="18"/>
   <c r="C33" i="18"/>
   <c r="D33" i="18" s="1"/>
   <c r="C32" i="18"/>
   <c r="D32" i="18" s="1"/>
   <c r="C31" i="18"/>
   <c r="D31" i="18" s="1"/>
   <c r="D30" i="18"/>
   <c r="C30" i="18"/>
   <c r="D29" i="18"/>
   <c r="C29" i="18"/>
   <c r="D28" i="18"/>
   <c r="C28" i="18"/>
   <c r="B20" i="18"/>
   <c r="B19" i="18"/>
-  <c r="G29" i="18" s="1"/>
-  <c r="I29" i="18" s="1"/>
   <c r="J81" i="12"/>
   <c r="C80" i="12"/>
   <c r="D80" i="12" s="1"/>
   <c r="C79" i="12"/>
   <c r="D79" i="12" s="1"/>
   <c r="D78" i="12"/>
   <c r="C78" i="12"/>
   <c r="G78" i="12" s="1"/>
   <c r="I78" i="12" s="1"/>
   <c r="D77" i="12"/>
   <c r="C77" i="12"/>
   <c r="G77" i="12" s="1"/>
   <c r="I77" i="12" s="1"/>
   <c r="J59" i="12"/>
   <c r="C58" i="12"/>
   <c r="G58" i="12" s="1"/>
   <c r="I58" i="12" s="1"/>
   <c r="C57" i="12"/>
   <c r="G57" i="12" s="1"/>
   <c r="I57" i="12" s="1"/>
-  <c r="D57" i="12"/>
   <c r="D56" i="12"/>
   <c r="C56" i="12"/>
   <c r="G56" i="12" s="1"/>
   <c r="I56" i="12" s="1"/>
   <c r="D55" i="12"/>
   <c r="C55" i="12"/>
   <c r="G55" i="12" s="1"/>
   <c r="I55" i="12" s="1"/>
   <c r="J29" i="12"/>
   <c r="C28" i="12"/>
   <c r="D28" i="12" s="1"/>
   <c r="C27" i="12"/>
   <c r="D27" i="12" s="1"/>
   <c r="C26" i="12"/>
   <c r="D26" i="12" s="1"/>
   <c r="D25" i="12"/>
   <c r="C25" i="12"/>
   <c r="D24" i="12"/>
   <c r="C24" i="12"/>
   <c r="D23" i="12"/>
   <c r="C23" i="12"/>
   <c r="M19" i="12"/>
   <c r="M18" i="12"/>
+  <c r="D57" i="12" l="1"/>
+  <c r="G29" i="21"/>
+  <c r="I29" i="21" s="1"/>
+  <c r="G105" i="19"/>
+  <c r="I105" i="19" s="1"/>
+  <c r="I106" i="19" s="1"/>
+  <c r="I107" i="19" s="1"/>
+  <c r="G28" i="22"/>
+  <c r="I28" i="22" s="1"/>
+  <c r="G29" i="20"/>
+  <c r="I29" i="20" s="1"/>
+  <c r="G29" i="22"/>
+  <c r="I29" i="22" s="1"/>
+  <c r="G105" i="22"/>
+  <c r="I105" i="22" s="1"/>
+  <c r="G83" i="20"/>
+  <c r="I83" i="20" s="1"/>
+  <c r="I84" i="20" s="1"/>
+  <c r="I85" i="20" s="1"/>
+  <c r="G83" i="21"/>
+  <c r="I83" i="21" s="1"/>
   <c r="G32" i="21"/>
   <c r="I32" i="21" s="1"/>
-  <c r="G83" i="21"/>
-[...1 lines deleted...]
-  <c r="G31" i="22" l="1"/>
+  <c r="G29" i="18"/>
+  <c r="I29" i="18" s="1"/>
+  <c r="D82" i="22"/>
+  <c r="G31" i="22"/>
   <c r="I31" i="22" s="1"/>
   <c r="D32" i="22"/>
   <c r="G32" i="22"/>
   <c r="I32" i="22" s="1"/>
   <c r="G33" i="22"/>
   <c r="I33" i="22" s="1"/>
   <c r="D33" i="22"/>
   <c r="I84" i="22"/>
   <c r="I85" i="22" s="1"/>
   <c r="D31" i="22"/>
   <c r="G104" i="22"/>
   <c r="I104" i="22" s="1"/>
-  <c r="I106" i="22" s="1"/>
-  <c r="I107" i="22" s="1"/>
   <c r="D83" i="22"/>
   <c r="G24" i="12"/>
   <c r="I24" i="12" s="1"/>
   <c r="G30" i="19"/>
   <c r="I30" i="19" s="1"/>
   <c r="G26" i="12"/>
   <c r="I26" i="12" s="1"/>
   <c r="G83" i="18"/>
   <c r="I83" i="18" s="1"/>
   <c r="I84" i="18" s="1"/>
   <c r="I85" i="18" s="1"/>
   <c r="G83" i="19"/>
   <c r="I83" i="19" s="1"/>
   <c r="I84" i="19" s="1"/>
   <c r="I85" i="19" s="1"/>
   <c r="G23" i="12"/>
   <c r="I23" i="12" s="1"/>
   <c r="D82" i="20"/>
   <c r="G32" i="20"/>
   <c r="I32" i="20" s="1"/>
   <c r="G31" i="20"/>
   <c r="I31" i="20" s="1"/>
   <c r="G25" i="12"/>
   <c r="I25" i="12" s="1"/>
   <c r="G28" i="18"/>
@@ -420,111 +422,109 @@
   <c r="G27" i="12"/>
   <c r="I27" i="12" s="1"/>
   <c r="G29" i="19"/>
   <c r="I29" i="19" s="1"/>
   <c r="D82" i="18"/>
   <c r="G28" i="12"/>
   <c r="I28" i="12" s="1"/>
   <c r="G32" i="18"/>
   <c r="I32" i="18" s="1"/>
   <c r="G28" i="21"/>
   <c r="I28" i="21" s="1"/>
   <c r="G28" i="20"/>
   <c r="I28" i="20" s="1"/>
   <c r="G30" i="20"/>
   <c r="I30" i="20" s="1"/>
   <c r="G30" i="21"/>
   <c r="I30" i="21" s="1"/>
   <c r="G30" i="18"/>
   <c r="I30" i="18" s="1"/>
   <c r="D58" i="12"/>
   <c r="G80" i="12"/>
   <c r="I80" i="12" s="1"/>
   <c r="D104" i="20"/>
   <c r="G28" i="19"/>
   <c r="I28" i="19" s="1"/>
-  <c r="I106" i="19"/>
-  <c r="I107" i="19" s="1"/>
   <c r="I59" i="12"/>
   <c r="I60" i="12" s="1"/>
   <c r="I106" i="20"/>
   <c r="I107" i="20" s="1"/>
   <c r="G32" i="19"/>
   <c r="I32" i="19" s="1"/>
   <c r="G79" i="12"/>
   <c r="I79" i="12" s="1"/>
   <c r="D31" i="20"/>
   <c r="G33" i="18"/>
   <c r="I33" i="18" s="1"/>
   <c r="G31" i="18"/>
   <c r="I31" i="18" s="1"/>
   <c r="D82" i="19"/>
   <c r="D33" i="20"/>
   <c r="G33" i="21"/>
   <c r="I33" i="21" s="1"/>
   <c r="G33" i="19"/>
   <c r="I33" i="19" s="1"/>
-  <c r="I84" i="20"/>
-  <c r="I85" i="20" s="1"/>
   <c r="D104" i="19"/>
   <c r="G105" i="21"/>
   <c r="I105" i="21" s="1"/>
   <c r="G104" i="21"/>
   <c r="I104" i="21" s="1"/>
   <c r="G82" i="21"/>
   <c r="I82" i="21" s="1"/>
   <c r="I84" i="21" s="1"/>
   <c r="I85" i="21" s="1"/>
-  <c r="I34" i="22" l="1"/>
+  <c r="I106" i="22" l="1"/>
+  <c r="I107" i="22" s="1"/>
+  <c r="I34" i="22"/>
   <c r="I35" i="22" s="1"/>
   <c r="I37" i="22" s="1"/>
   <c r="I106" i="18"/>
   <c r="I107" i="18" s="1"/>
   <c r="I34" i="20"/>
   <c r="I35" i="20" s="1"/>
   <c r="I37" i="20" s="1"/>
   <c r="I29" i="12"/>
   <c r="I30" i="12" s="1"/>
   <c r="I32" i="12" s="1"/>
   <c r="I34" i="21"/>
   <c r="I35" i="21" s="1"/>
   <c r="I37" i="21" s="1"/>
   <c r="I34" i="18"/>
   <c r="I35" i="18" s="1"/>
   <c r="I37" i="18" s="1"/>
   <c r="I81" i="12"/>
   <c r="I82" i="12" s="1"/>
   <c r="I34" i="19"/>
   <c r="I35" i="19" s="1"/>
   <c r="I37" i="19" s="1"/>
   <c r="I106" i="21"/>
   <c r="I107" i="21" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="826" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="826" uniqueCount="87">
   <si>
     <t>Instructions:</t>
   </si>
   <si>
     <t>Enter below amounts if contractual</t>
   </si>
   <si>
     <t>Annual Contractual Pensionable Salary:</t>
   </si>
   <si>
     <t>Term</t>
   </si>
   <si>
     <t>School</t>
   </si>
   <si>
     <t>YMPE</t>
   </si>
   <si>
     <t>Daily</t>
   </si>
   <si>
     <t>Days in</t>
   </si>
   <si>
@@ -893,50 +893,62 @@
     <t>Enter the number of Days Paid in Fall and Spring. Note: The days are 37 for the .5 time, not 18.5.</t>
   </si>
   <si>
     <t>A teacher on a $80,000 contract worked only from February 1, 2022 – June 30, 2022 and incremented to $82,500 on April 1, 2022.</t>
   </si>
   <si>
     <t>Enter the number of Days Paid February 1 – March 31 (38) in 1st Spring Row and the Days Paid April – June (62) in the next Spring Row.</t>
   </si>
   <si>
     <t>Total TRAF contributions required is $3,876.70.  You can either divide this amount over the number of pay periods remaining or adjust the final</t>
   </si>
   <si>
     <t>A teacher on an $80,000 contract, worked 50% September and October 2024 and then 100% and terminates on March 31, 2025 with $120 NSPE.</t>
   </si>
   <si>
     <t>Enter the number of Days Paid in Fall and Spring. Note: The days are 41 for the .5 time, not 20.5.</t>
   </si>
   <si>
     <t>A teacher on an $80,000 contract worked only from February 1, 2025 – June 30, 2025 and incremented to $82,500 on April 1, 2025.</t>
   </si>
   <si>
     <t>Enter the number of Days Paid February 1 – March 31 (39) in 1st Spring Row and the Days Paid April – June (58) in the next Spring Row.</t>
   </si>
   <si>
     <t>Total TRAF contributions required is $3,686.70.  You can either divide this amount over the number of pay periods remaining or adjust the final</t>
+  </si>
+  <si>
+    <t>A teacher on an $80,000 contract, worked 50% September and October 2025 and then 100% and terminates on March 31, 2026 with $120 NSPE.</t>
+  </si>
+  <si>
+    <t>A teacher on an $80,000 contract worked only from February 1, 2026 – June 30, 2026 and incremented to $82,500 on April 1, 2026.</t>
+  </si>
+  <si>
+    <t>Enter the number of Days Paid February 1 – March 31 (39) in 1st Spring Row and the Days Paid April – June (61) in the next Spring Row.</t>
+  </si>
+  <si>
+    <t>Total TRAF contributions required is $3,717.13.  You can either divide this amount over the number of pay periods remaining or adjust the final</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$$-1009]#,##0.00;[Red]\-[$$-1009]#,##0.00"/>
     <numFmt numFmtId="165" formatCode="[$$-409]#,##0;[Red]\-[$$-409]#,##0"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2325,66 +2337,66 @@
         <v>1</v>
       </c>
       <c r="B17" s="101"/>
       <c r="C17" s="102"/>
       <c r="D17" s="20"/>
       <c r="E17" s="20"/>
       <c r="F17" s="20"/>
       <c r="O17" s="12"/>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A18" s="103" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="104"/>
       <c r="C18" s="105"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="O18" s="12"/>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A19" s="92">
         <v>2025</v>
       </c>
       <c r="B19" s="106">
-        <f>IF(ISNA(VLOOKUP(A19,TABLES!$B$4:$D$30,3,FALSE)),"NOT AVAILABLE",VLOOKUP(A19,TABLES!$B$4:$D$30,3,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(A19,TABLES!$B$4:$D$31,3,FALSE)),"NOT AVAILABLE",VLOOKUP(A19,TABLES!$B$4:$D$31,3,FALSE))</f>
         <v>209223</v>
       </c>
       <c r="C19" s="107"/>
       <c r="D19" s="20"/>
       <c r="E19" s="20"/>
       <c r="F19" s="20"/>
       <c r="O19" s="12"/>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A20" s="98">
         <v>2026</v>
       </c>
-      <c r="B20" s="108" t="str">
-[...1 lines deleted...]
-        <v>NOT AVAILABLE</v>
+      <c r="B20" s="108">
+        <f>IF(ISNA(VLOOKUP(A20,TABLES!$B$4:$D$31,3,FALSE)),"NOT AVAILABLE",VLOOKUP(A20,TABLES!$B$4:$D$31,3,FALSE))</f>
+        <v>218991</v>
       </c>
       <c r="C20" s="109"/>
       <c r="D20" s="20"/>
       <c r="E20" s="20"/>
       <c r="F20" s="20"/>
       <c r="O20" s="12"/>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A21" s="25"/>
       <c r="B21" s="20"/>
       <c r="C21" s="20"/>
       <c r="D21" s="20"/>
       <c r="E21" s="20"/>
       <c r="F21" s="20"/>
       <c r="K21" s="2"/>
       <c r="O21" s="12"/>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A22" s="31" t="s">
         <v>2</v>
       </c>
       <c r="B22" s="20"/>
       <c r="C22" s="20"/>
       <c r="D22" s="62" t="s">
         <v>27</v>
@@ -2510,241 +2522,241 @@
       <c r="F27" s="81" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="81" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="82" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="83" t="s">
         <v>31</v>
       </c>
       <c r="J27" s="84" t="s">
         <v>18</v>
       </c>
       <c r="O27" s="12"/>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A28" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="43">
         <v>2025</v>
       </c>
       <c r="C28" s="44">
-        <f>IF(ISNA(VLOOKUP(B28,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B28,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B28,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B28,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>71300</v>
       </c>
       <c r="D28" s="67">
         <f>D24/E28*F28</f>
         <v>0</v>
       </c>
       <c r="E28" s="68">
         <v>196</v>
       </c>
       <c r="F28" s="69">
         <v>1</v>
       </c>
       <c r="G28" s="70">
         <f>ROUND(((MIN(D24,C28)*8.8%+MIN(MAX(D24-C28,0),B19-C28)*10.4%))*F28/E28,2)</f>
         <v>0</v>
       </c>
       <c r="H28" s="71">
         <v>0</v>
       </c>
       <c r="I28" s="72">
         <f t="shared" ref="I28:I33" si="0">(G28*H28)</f>
         <v>0</v>
       </c>
       <c r="J28" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A29" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B29" s="43">
         <f>B28</f>
         <v>2025</v>
       </c>
       <c r="C29" s="44">
-        <f>IF(ISNA(VLOOKUP(B29,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B29,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B29,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B29,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>71300</v>
       </c>
       <c r="D29" s="67">
         <f>IF(E24&gt;0,E24/E29*F29,D24/E29*F29)</f>
         <v>0</v>
       </c>
       <c r="E29" s="68">
         <f>$E$28</f>
         <v>196</v>
       </c>
       <c r="F29" s="69">
         <v>1</v>
       </c>
       <c r="G29" s="70">
         <f>ROUND(((MIN(IF(E24&gt;0,E24,D24),C29)*8.8%+MIN(MAX(IF(E24&gt;0,E24,D24)-C29,0),B19-C29)*10.4%))*F29/E29,2)</f>
         <v>0</v>
       </c>
       <c r="H29" s="71">
         <v>0</v>
       </c>
       <c r="I29" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J29" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A30" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B30" s="43">
         <f>B28</f>
         <v>2025</v>
       </c>
       <c r="C30" s="44">
-        <f>IF(ISNA(VLOOKUP(B30,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B30,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B30,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B30,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>71300</v>
       </c>
       <c r="D30" s="67">
         <f>IF(F24&gt;0,F24/E30*F30,IF(E24&gt;0,E24/E30*F30,D24/E30*F30))</f>
         <v>0</v>
       </c>
       <c r="E30" s="68">
         <f t="shared" ref="E30:E33" si="1">$E$28</f>
         <v>196</v>
       </c>
       <c r="F30" s="69">
         <v>1</v>
       </c>
       <c r="G30" s="70">
         <f>ROUND(((MIN(IF(F24&gt;0,F24,IF(E24&gt;0,E24,D24)),C30)*8.8%+MIN(MAX(IF(F24&gt;0,F24,IF(E24&gt;0,E24,D24))-C30,0),B19-C30)*10.4%))*F30/E30,2)</f>
         <v>0</v>
       </c>
       <c r="H30" s="71">
         <v>0</v>
       </c>
       <c r="I30" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J30" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A31" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B31" s="43">
         <f>B28+1</f>
         <v>2026</v>
       </c>
-      <c r="C31" s="44" t="str">
-[...1 lines deleted...]
-        <v>NOT AVAILABLE</v>
+      <c r="C31" s="44">
+        <f>IF(ISNA(VLOOKUP(B31,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B31,TABLES!$B$4:$D$31,2,FALSE))</f>
+        <v>74600</v>
       </c>
       <c r="D31" s="67">
         <f>IF(C31="NOT AVAILABLE",0,G24/E31*F31)</f>
         <v>0</v>
       </c>
       <c r="E31" s="68">
         <f t="shared" si="1"/>
         <v>196</v>
       </c>
       <c r="F31" s="69">
         <v>1</v>
       </c>
       <c r="G31" s="70">
         <f>IF(C31="NOT AVAILABLE",0,ROUND(((MIN(G24,C31)*8.8%+MIN(MAX(G24-C31,0),B20-C31)*10.4%))*F31/E31,2))</f>
         <v>0</v>
       </c>
       <c r="H31" s="71">
         <v>0</v>
       </c>
       <c r="I31" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J31" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A32" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B32" s="43">
         <f>B31</f>
         <v>2026</v>
       </c>
-      <c r="C32" s="44" t="str">
-[...1 lines deleted...]
-        <v>NOT AVAILABLE</v>
+      <c r="C32" s="44">
+        <f>IF(ISNA(VLOOKUP(B32,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B32,TABLES!$B$4:$D$31,2,FALSE))</f>
+        <v>74600</v>
       </c>
       <c r="D32" s="67">
         <f>IF(C32="NOT AVAILABLE",0,IF(H24&gt;0,H24/E32*F32,G24/E32*F32))</f>
         <v>0</v>
       </c>
       <c r="E32" s="68">
         <f t="shared" si="1"/>
         <v>196</v>
       </c>
       <c r="F32" s="69">
         <v>1</v>
       </c>
       <c r="G32" s="70">
         <f>IF(C32="NOT AVAILABLE",0,ROUND(((MIN(IF(H24&gt;0,H24,G24),C32)*8.8%+MIN(MAX(IF(H24&gt;0,H24,G24)-C32,0),B20-C32)*10.4%))*F32/E32,2))</f>
         <v>0</v>
       </c>
       <c r="H32" s="71">
         <v>0</v>
       </c>
       <c r="I32" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J32" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A33" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B33" s="43">
         <f>B31</f>
         <v>2026</v>
       </c>
-      <c r="C33" s="44" t="str">
-[...1 lines deleted...]
-        <v>NOT AVAILABLE</v>
+      <c r="C33" s="44">
+        <f>IF(ISNA(VLOOKUP(B33,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B33,TABLES!$B$4:$D$31,2,FALSE))</f>
+        <v>74600</v>
       </c>
       <c r="D33" s="67">
         <f>IF(C33="NOT AVAILABLE",0,IF(I24&gt;0,I24/E33*F33,IF(H24&gt;0,H24/E33*F33,G24/E33*F33)))</f>
         <v>0</v>
       </c>
       <c r="E33" s="68">
         <f t="shared" si="1"/>
         <v>196</v>
       </c>
       <c r="F33" s="69">
         <v>1</v>
       </c>
       <c r="G33" s="70">
         <f>IF(C33="NOT AVAILABLE",0,ROUND(((MIN(IF(I24&gt;0,I24,IF(H24&gt;0,H24,G24)),C33)*8.8%+MIN(MAX(IF(I24&gt;0,I24,IF(H24&gt;0,H24,G24))-C33,0),B20-C33)*10.4%))*F33/E33,2))</f>
         <v>0</v>
       </c>
       <c r="H33" s="71">
         <v>0</v>
       </c>
       <c r="I33" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J33" s="73">
         <v>0</v>
@@ -3054,51 +3066,51 @@
       <c r="E61" s="28"/>
       <c r="F61" s="28"/>
       <c r="G61" s="28"/>
       <c r="H61" s="28"/>
       <c r="I61" s="28"/>
       <c r="J61" s="29"/>
       <c r="K61" s="8"/>
     </row>
     <row r="62" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A62" s="54"/>
       <c r="B62" s="54"/>
       <c r="C62" s="54"/>
       <c r="D62" s="54"/>
       <c r="E62" s="54"/>
       <c r="F62" s="54"/>
       <c r="G62" s="54"/>
       <c r="H62" s="59"/>
       <c r="I62" s="60"/>
       <c r="J62" s="54"/>
     </row>
     <row r="64" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A64" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
       <c r="I64" s="2"/>
     </row>
     <row r="65" spans="1:10" ht="10.199999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="1"/>
       <c r="B65" s="2"/>
       <c r="D65" s="2"/>
       <c r="E65" s="2"/>
       <c r="F65" s="2"/>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
       <c r="I65" s="2"/>
     </row>
     <row r="66" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A66" s="2"/>
       <c r="B66" s="55" t="s">
         <v>22</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2"/>
@@ -3112,51 +3124,51 @@
       <c r="B67" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
       <c r="I67" s="2"/>
     </row>
     <row r="68" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A68" s="2"/>
       <c r="B68" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2"/>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
       <c r="I68" s="2"/>
     </row>
     <row r="69" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A69" s="2"/>
       <c r="B69" s="2" t="s">
-        <v>79</v>
+        <v>41</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
       <c r="I69" s="2"/>
     </row>
     <row r="70" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A70" s="2"/>
       <c r="B70" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
       <c r="I70" s="2"/>
     </row>
     <row r="71" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A71" s="2"/>
       <c r="B71" s="2" t="s">
         <v>36</v>
       </c>
@@ -3287,296 +3299,296 @@
       </c>
       <c r="E79" s="81" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="81" t="s">
         <v>15</v>
       </c>
       <c r="G79" s="81" t="s">
         <v>16</v>
       </c>
       <c r="H79" s="82" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="83" t="s">
         <v>31</v>
       </c>
       <c r="J79" s="84" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A80" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B80" s="43">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C80" s="44">
-        <f>IF(ISNA(VLOOKUP(B80,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B80,TABLES!$B$4:$D$30,2,FALSE))</f>
-        <v>68500</v>
+        <f>IF(ISNA(VLOOKUP(B80,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B80,TABLES!$B$4:$D$31,2,FALSE))</f>
+        <v>71300</v>
       </c>
       <c r="D80" s="67">
         <f>D76/E80*F80</f>
-        <v>207.25388601036269</v>
+        <v>204.08163265306123</v>
       </c>
       <c r="E80" s="88">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="F80" s="89">
         <v>0.5</v>
       </c>
       <c r="G80" s="70">
         <f>ROUND(((MIN(D76,C80)*8.8%+MAX(D76-C80,0)*10.4%))*F80/E80,2)</f>
-        <v>18.72</v>
+        <v>18.309999999999999</v>
       </c>
       <c r="H80" s="90">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I80" s="72">
         <f>(G80*H80)</f>
-        <v>767.52</v>
+        <v>769.02</v>
       </c>
       <c r="J80" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A81" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B81" s="43">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C81" s="44">
-        <f>IF(ISNA(VLOOKUP(B81,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B81,TABLES!$B$4:$D$30,2,FALSE))</f>
-        <v>68500</v>
+        <f>IF(ISNA(VLOOKUP(B81,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B81,TABLES!$B$4:$D$31,2,FALSE))</f>
+        <v>71300</v>
       </c>
       <c r="D81" s="67">
         <f>IF(E76&gt;0,E76/E81*F81,D76/E81*F81)</f>
-        <v>414.50777202072538</v>
+        <v>408.16326530612247</v>
       </c>
       <c r="E81" s="88">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="F81" s="89">
         <v>1</v>
       </c>
       <c r="G81" s="70">
         <f>ROUND(((MIN(D76,C81)*8.8%+MAX(D76-C81,0)*10.4%))*F81/E81,2)</f>
-        <v>37.43</v>
+        <v>36.630000000000003</v>
       </c>
       <c r="H81" s="90">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I81" s="72">
         <f>(G81*H81)</f>
-        <v>1310.05</v>
+        <v>1245.42</v>
       </c>
       <c r="J81" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A82" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B82" s="43">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C82" s="44">
-        <f>IF(ISNA(VLOOKUP(B82,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B82,TABLES!$B$4:$D$30,2,FALSE))</f>
-        <v>71300</v>
+        <f>IF(ISNA(VLOOKUP(B82,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B82,TABLES!$B$4:$D$31,2,FALSE))</f>
+        <v>74600</v>
       </c>
       <c r="D82" s="67">
         <f>IF(C82="NOT AVAILABLE",0,F76/E82*F82)</f>
-        <v>414.50777202072538</v>
+        <v>408.16326530612247</v>
       </c>
       <c r="E82" s="88">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="F82" s="89">
         <v>1</v>
       </c>
       <c r="G82" s="70">
         <f>IF(C82="NOT AVAILABLE",0,ROUND(((MIN(F76,C82)*8.8%+MAX(F76-C82,0)*10.4%))*F82/E82,2))</f>
-        <v>37.200000000000003</v>
+        <v>36.36</v>
       </c>
       <c r="H82" s="90">
         <v>59</v>
       </c>
       <c r="I82" s="72">
         <f>(G82*H82)</f>
-        <v>2194.8000000000002</v>
+        <v>2145.2399999999998</v>
       </c>
       <c r="J82" s="91">
         <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A83" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B83" s="43">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C83" s="44">
-        <f>IF(ISNA(VLOOKUP(B83,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B83,TABLES!$B$4:$D$30,2,FALSE))</f>
-        <v>71300</v>
+        <f>IF(ISNA(VLOOKUP(B83,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B83,TABLES!$B$4:$D$31,2,FALSE))</f>
+        <v>74600</v>
       </c>
       <c r="D83" s="67">
         <f>IF(C83="NOT AVAILABLE",0,IF(G76&gt;0,G76/E83*F83,F76/E83*F83))</f>
-        <v>414.50777202072538</v>
+        <v>408.16326530612247</v>
       </c>
       <c r="E83" s="88">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="F83" s="89">
         <v>1</v>
       </c>
       <c r="G83" s="70">
         <f>IF(C83="NOT AVAILABLE",0,ROUND(((MIN(G76,C83)*8.8%+MAX(G76-C83,0)*10.4%))*F83/E83,2))</f>
         <v>0</v>
       </c>
       <c r="H83" s="90">
         <v>0</v>
       </c>
       <c r="I83" s="72">
         <f>(G83*H83)</f>
         <v>0</v>
       </c>
       <c r="J83" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A84" s="2"/>
       <c r="B84" s="2"/>
       <c r="C84" s="50"/>
       <c r="D84" s="51"/>
       <c r="E84" s="1"/>
       <c r="F84" s="2"/>
       <c r="G84" s="52"/>
       <c r="H84" s="2"/>
       <c r="I84" s="72">
         <f>SUM(I80:I83)</f>
-        <v>4272.37</v>
+        <v>4159.68</v>
       </c>
       <c r="J84" s="72">
         <f>+(J80+J81+J82+J83)*(10.4%)</f>
         <v>12.48</v>
       </c>
     </row>
     <row r="85" spans="1:10" x14ac:dyDescent="0.3">
       <c r="H85" s="53" t="s">
         <v>21</v>
       </c>
       <c r="I85" s="85">
         <f>I84+J84</f>
-        <v>4284.8499999999995</v>
+        <v>4172.16</v>
       </c>
     </row>
     <row r="86" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A86" s="54"/>
       <c r="B86" s="54"/>
       <c r="C86" s="54"/>
       <c r="D86" s="54"/>
       <c r="E86" s="54"/>
       <c r="F86" s="54"/>
       <c r="G86" s="54"/>
       <c r="H86" s="59"/>
       <c r="I86" s="60"/>
       <c r="J86" s="54"/>
     </row>
     <row r="87" spans="1:10" x14ac:dyDescent="0.3">
       <c r="H87" s="53"/>
       <c r="I87" s="31"/>
     </row>
     <row r="88" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A88" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
       <c r="I88" s="2"/>
     </row>
     <row r="89" spans="1:10" ht="10.199999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A89" s="1"/>
       <c r="B89" s="2"/>
       <c r="D89" s="2"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
       <c r="I89" s="2"/>
     </row>
     <row r="90" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A90" s="2"/>
       <c r="B90" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
       <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A91" s="2"/>
       <c r="B91" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2"/>
       <c r="F91" s="2"/>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
       <c r="I91" s="2"/>
     </row>
     <row r="92" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A92" s="2"/>
       <c r="B92" s="2" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
       <c r="I92" s="2"/>
     </row>
     <row r="93" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A93" s="2"/>
       <c r="B93" s="2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2"/>
       <c r="F93" s="2"/>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
       <c r="I93" s="2"/>
     </row>
     <row r="94" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A94" s="2"/>
       <c r="B94" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2"/>
       <c r="F94" s="2"/>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
       <c r="I94" s="2"/>
     </row>
     <row r="95" spans="1:10" ht="10.199999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A95" s="31"/>
       <c r="B95" s="31"/>
       <c r="C95" s="2"/>
       <c r="D95" s="31"/>
@@ -3685,235 +3697,235 @@
       </c>
       <c r="E101" s="40" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="40" t="s">
         <v>15</v>
       </c>
       <c r="G101" s="40" t="s">
         <v>16</v>
       </c>
       <c r="H101" s="41" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="75" t="s">
         <v>31</v>
       </c>
       <c r="J101" s="77" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A102" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B102" s="43">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C102" s="44">
-        <f>IF(ISNA(VLOOKUP(B102,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B102,TABLES!$B$4:$D$30,2,FALSE))</f>
-        <v>68500</v>
+        <f>IF(ISNA(VLOOKUP(B102,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B102,TABLES!$B$4:$D$31,2,FALSE))</f>
+        <v>71300</v>
       </c>
       <c r="D102" s="45">
         <f>D98/E102*F102</f>
         <v>0</v>
       </c>
-      <c r="E102" s="56">
-        <v>193</v>
+      <c r="E102" s="88">
+        <v>196</v>
       </c>
       <c r="F102" s="57">
         <v>1</v>
       </c>
       <c r="G102" s="48">
         <f>ROUND(((MIN(D98,C102)*8.8%+MAX(D98-C102,0)*10.4%))*F102/E102,2)</f>
         <v>0</v>
       </c>
       <c r="H102" s="58">
         <v>0</v>
       </c>
       <c r="I102" s="96">
         <f>(G102*H102)</f>
         <v>0</v>
       </c>
       <c r="J102" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A103" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B103" s="43">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C103" s="44">
-        <f>IF(ISNA(VLOOKUP(B103,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B103,TABLES!$B$4:$D$30,2,FALSE))</f>
-        <v>68500</v>
+        <f>IF(ISNA(VLOOKUP(B103,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B103,TABLES!$B$4:$D$31,2,FALSE))</f>
+        <v>71300</v>
       </c>
       <c r="D103" s="45">
         <f>IF(E98&gt;0,E98/E103*F103,D98/E103*F103)</f>
         <v>0</v>
       </c>
-      <c r="E103" s="56">
-        <v>193</v>
+      <c r="E103" s="88">
+        <v>196</v>
       </c>
       <c r="F103" s="57">
         <v>1</v>
       </c>
       <c r="G103" s="48">
         <f>ROUND(((MIN(D98,C103)*8.8%+MAX(D98-C103,0)*10.4%))*F103/E103,2)</f>
         <v>0</v>
       </c>
       <c r="H103" s="58">
         <v>0</v>
       </c>
       <c r="I103" s="96">
         <f>(G103*H103)</f>
         <v>0</v>
       </c>
       <c r="J103" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A104" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B104" s="43">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C104" s="44">
-        <f>IF(ISNA(VLOOKUP(B104,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B104,TABLES!$B$4:$D$30,2,FALSE))</f>
-        <v>71300</v>
+        <f>IF(ISNA(VLOOKUP(B104,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B104,TABLES!$B$4:$D$31,2,FALSE))</f>
+        <v>74600</v>
       </c>
       <c r="D104" s="45">
         <f>IF(C104="NOT AVAILABLE",0,F98/E104*F104)</f>
-        <v>414.50777202072538</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>408.16326530612247</v>
+      </c>
+      <c r="E104" s="88">
+        <v>196</v>
       </c>
       <c r="F104" s="57">
         <v>1</v>
       </c>
       <c r="G104" s="48">
         <f>IF(C104="NOT AVAILABLE",0,ROUND(((MIN(F98,C104)*8.8%+MAX(F98-C104,0)*10.4%))*F104/E104,2))</f>
-        <v>37.200000000000003</v>
+        <v>36.36</v>
       </c>
       <c r="H104" s="58">
         <v>39</v>
       </c>
       <c r="I104" s="96">
         <f>(G104*H104)</f>
-        <v>1450.8000000000002</v>
+        <v>1418.04</v>
       </c>
       <c r="J104" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A105" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B105" s="43">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C105" s="44">
-        <f>IF(ISNA(VLOOKUP(B105,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B105,TABLES!$B$4:$D$30,2,FALSE))</f>
-        <v>71300</v>
+        <f>IF(ISNA(VLOOKUP(B105,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B105,TABLES!$B$4:$D$31,2,FALSE))</f>
+        <v>74600</v>
       </c>
       <c r="D105" s="45">
         <f>IF(C105="NOT AVAILABLE",0,IF(G98&gt;0,G98/E105*F105,F98/E105*F105))</f>
-        <v>427.46113989637308</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>420.91836734693879</v>
+      </c>
+      <c r="E105" s="88">
+        <v>196</v>
       </c>
       <c r="F105" s="57">
         <v>1</v>
       </c>
       <c r="G105" s="48">
         <f>IF(C105="NOT AVAILABLE",0,ROUND(((MIN(G98,C105)*8.8%+MAX(G98-C105,0)*10.4%))*F105/E105,2))</f>
-        <v>38.549999999999997</v>
+        <v>37.69</v>
       </c>
       <c r="H105" s="58">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="I105" s="96">
         <f>(G105*H105)</f>
-        <v>2235.8999999999996</v>
+        <v>2299.0899999999997</v>
       </c>
       <c r="J105" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A106" s="2"/>
       <c r="B106" s="2"/>
       <c r="C106" s="50"/>
       <c r="D106" s="51"/>
       <c r="E106" s="1"/>
       <c r="F106" s="2"/>
       <c r="G106" s="52"/>
       <c r="H106" s="2"/>
       <c r="I106" s="97">
         <f>SUM(I102:I105)</f>
-        <v>3686.7</v>
+        <v>3717.1299999999997</v>
       </c>
       <c r="J106" s="72">
         <f>+(J102+J103+J104+J105)*(10.4%)</f>
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:10" x14ac:dyDescent="0.3">
       <c r="H107" s="53" t="s">
         <v>21</v>
       </c>
       <c r="I107" s="85">
         <f>I106+J106</f>
-        <v>3686.7</v>
+        <v>3717.1299999999997</v>
       </c>
     </row>
     <row r="108" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A108" s="54"/>
       <c r="B108" s="54"/>
       <c r="C108" s="54"/>
       <c r="D108" s="54"/>
       <c r="E108" s="54"/>
       <c r="F108" s="54"/>
       <c r="G108" s="54"/>
       <c r="H108" s="59"/>
       <c r="I108" s="60"/>
       <c r="J108" s="54"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="mhIg0MBheW2WggaqP6w/5OyxkkjWejuFUFvCNGKiPCpRkJmE1YXDb+lJ7M8GweTec1FVzFggM4zQUI7lm4pr2A==" saltValue="gUbYUwWk1wQZgRaGzmnTjA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="aS4EAktz63DFKbPGALnU1tbM1JSyWf3OsMQTQB9F54nhEU8eaF1Bqw8cJ3fWNC/AKUmdPUxvYPbXrS1yFnLH/w==" saltValue="bXFbUi6FDpcQfgLbfq210g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange sqref="J102:J105" name="Range13"/>
-    <protectedRange sqref="E102:F105" name="Range11"/>
+    <protectedRange sqref="F102:F105" name="Range11"/>
     <protectedRange sqref="J80:J83" name="Range9"/>
-    <protectedRange sqref="E80:F83" name="Range7"/>
+    <protectedRange sqref="E80:F83 E102:E105" name="Range7"/>
     <protectedRange sqref="I36" name="Range5"/>
     <protectedRange sqref="H28:H33" name="Range3"/>
     <protectedRange sqref="D24:I24" name="Range1"/>
     <protectedRange sqref="E28:F33" name="Range2"/>
     <protectedRange sqref="J28:J33" name="Range4"/>
     <protectedRange sqref="D76:G76" name="Range6"/>
     <protectedRange sqref="H80:H83" name="Range8"/>
     <protectedRange sqref="D98:G98" name="Range10"/>
     <protectedRange sqref="H102:H105" name="Range12"/>
   </protectedRanges>
   <mergeCells count="4">
     <mergeCell ref="A17:C17"/>
     <mergeCell ref="A18:C18"/>
     <mergeCell ref="B19:C19"/>
     <mergeCell ref="B20:C20"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.2" footer="0.2"/>
   <pageSetup scale="65" fitToHeight="2" orientation="landscape" useFirstPageNumber="1" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;CPage &amp;P</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="62" max="10" man="1"/>
   </rowBreaks>
   <ignoredErrors>
@@ -4183,66 +4195,66 @@
       </c>
       <c r="B17" s="101"/>
       <c r="C17" s="102"/>
       <c r="D17" s="20"/>
       <c r="E17" s="20"/>
       <c r="F17" s="20"/>
       <c r="O17" s="12"/>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A18" s="103" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="104"/>
       <c r="C18" s="105"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="O18" s="12"/>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A19" s="92">
         <f>B28</f>
         <v>2024</v>
       </c>
       <c r="B19" s="106">
-        <f>IF(ISNA(VLOOKUP(A19,TABLES!$B$4:$D$30,3,FALSE)),"NOT AVAILABLE",VLOOKUP(A19,TABLES!$B$4:$D$30,3,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(A19,TABLES!$B$4:$D$31,3,FALSE)),"NOT AVAILABLE",VLOOKUP(A19,TABLES!$B$4:$D$31,3,FALSE))</f>
         <v>201050</v>
       </c>
       <c r="C19" s="107"/>
       <c r="D19" s="20"/>
       <c r="E19" s="20"/>
       <c r="F19" s="20"/>
       <c r="O19" s="12"/>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A20" s="98">
         <f>B31</f>
         <v>2025</v>
       </c>
       <c r="B20" s="108">
-        <f>IF(ISNA(VLOOKUP(A20,TABLES!$B$4:$D$30,3,FALSE)),"NOT AVAILABLE",VLOOKUP(A20,TABLES!$B$4:$D$30,3,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(A20,TABLES!$B$4:$D$31,3,FALSE)),"NOT AVAILABLE",VLOOKUP(A20,TABLES!$B$4:$D$31,3,FALSE))</f>
         <v>209223</v>
       </c>
       <c r="C20" s="109"/>
       <c r="D20" s="20"/>
       <c r="E20" s="20"/>
       <c r="F20" s="20"/>
       <c r="O20" s="12"/>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A21" s="25"/>
       <c r="B21" s="20"/>
       <c r="C21" s="20"/>
       <c r="D21" s="20"/>
       <c r="E21" s="20"/>
       <c r="F21" s="20"/>
       <c r="K21" s="2"/>
       <c r="O21" s="12"/>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A22" s="31" t="s">
         <v>2</v>
       </c>
       <c r="B22" s="20"/>
       <c r="C22" s="20"/>
       <c r="D22" s="62" t="s">
@@ -4369,235 +4381,235 @@
       <c r="F27" s="81" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="81" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="82" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="83" t="s">
         <v>31</v>
       </c>
       <c r="J27" s="84" t="s">
         <v>18</v>
       </c>
       <c r="O27" s="12"/>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A28" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="43">
         <v>2024</v>
       </c>
       <c r="C28" s="44">
-        <f>IF(ISNA(VLOOKUP(B28,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B28,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B28,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B28,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>68500</v>
       </c>
       <c r="D28" s="67">
         <f>D24/E28*F28</f>
         <v>0</v>
       </c>
       <c r="E28" s="68">
         <v>193</v>
       </c>
       <c r="F28" s="69">
         <v>1</v>
       </c>
       <c r="G28" s="70">
         <f>ROUND(((MIN(D24,C28)*8.8%+MIN(MAX(D24-C28,0),B19-C28)*10.4%))*F28/E28,2)</f>
         <v>0</v>
       </c>
       <c r="H28" s="71">
         <v>0</v>
       </c>
       <c r="I28" s="72">
         <f t="shared" ref="I28:I33" si="0">(G28*H28)</f>
         <v>0</v>
       </c>
       <c r="J28" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A29" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B29" s="43">
         <f>B28</f>
         <v>2024</v>
       </c>
       <c r="C29" s="44">
-        <f>IF(ISNA(VLOOKUP(B29,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B29,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B29,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B29,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>68500</v>
       </c>
       <c r="D29" s="67">
         <f>IF(E24&gt;0,E24/E29*F29,D24/E29*F29)</f>
         <v>0</v>
       </c>
       <c r="E29" s="68">
         <v>193</v>
       </c>
       <c r="F29" s="69">
         <v>1</v>
       </c>
       <c r="G29" s="70">
         <f>ROUND(((MIN(IF(E24&gt;0,E24,D24),C29)*8.8%+MIN(MAX(IF(E24&gt;0,E24,D24)-C29,0),B19-C29)*10.4%))*F29/E29,2)</f>
         <v>0</v>
       </c>
       <c r="H29" s="71">
         <v>0</v>
       </c>
       <c r="I29" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J29" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A30" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B30" s="43">
         <f>B28</f>
         <v>2024</v>
       </c>
       <c r="C30" s="44">
-        <f>IF(ISNA(VLOOKUP(B30,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B30,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B30,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B30,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>68500</v>
       </c>
       <c r="D30" s="67">
         <f>IF(F24&gt;0,F24/E30*F30,IF(E24&gt;0,E24/E30*F30,D24/E30*F30))</f>
         <v>0</v>
       </c>
       <c r="E30" s="68">
         <v>193</v>
       </c>
       <c r="F30" s="69">
         <v>1</v>
       </c>
       <c r="G30" s="70">
         <f>ROUND(((MIN(IF(F24&gt;0,F24,IF(E24&gt;0,E24,D24)),C30)*8.8%+MIN(MAX(IF(F24&gt;0,F24,IF(E24&gt;0,E24,D24))-C30,0),B19-C30)*10.4%))*F30/E30,2)</f>
         <v>0</v>
       </c>
       <c r="H30" s="71">
         <v>0</v>
       </c>
       <c r="I30" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J30" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A31" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B31" s="43">
         <v>2025</v>
       </c>
       <c r="C31" s="44">
-        <f>IF(ISNA(VLOOKUP(B31,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B31,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B31,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B31,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>71300</v>
       </c>
       <c r="D31" s="67">
         <f>IF(C31="NOT AVAILABLE",0,G24/E31*F31)</f>
         <v>0</v>
       </c>
       <c r="E31" s="68">
         <v>193</v>
       </c>
       <c r="F31" s="69">
         <v>1</v>
       </c>
       <c r="G31" s="70">
         <f>IF(C31="NOT AVAILABLE",0,ROUND(((MIN(G24,C31)*8.8%+MIN(MAX(G24-C31,0),B20-C31)*10.4%))*F31/E31,2))</f>
         <v>0</v>
       </c>
       <c r="H31" s="71">
         <v>0</v>
       </c>
       <c r="I31" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J31" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A32" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B32" s="43">
         <f>B31</f>
         <v>2025</v>
       </c>
       <c r="C32" s="44">
-        <f>IF(ISNA(VLOOKUP(B32,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B32,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B32,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B32,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>71300</v>
       </c>
       <c r="D32" s="67">
         <f>IF(C32="NOT AVAILABLE",0,IF(H24&gt;0,H24/E32*F32,G24/E32*F32))</f>
         <v>0</v>
       </c>
       <c r="E32" s="68">
         <v>193</v>
       </c>
       <c r="F32" s="69">
         <v>1</v>
       </c>
       <c r="G32" s="70">
         <f>IF(C32="NOT AVAILABLE",0,ROUND(((MIN(IF(H24&gt;0,H24,G24),C32)*8.8%+MIN(MAX(IF(H24&gt;0,H24,G24)-C32,0),B20-C32)*10.4%))*F32/E32,2))</f>
         <v>0</v>
       </c>
       <c r="H32" s="71">
         <v>0</v>
       </c>
       <c r="I32" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J32" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A33" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B33" s="43">
         <f>B31</f>
         <v>2025</v>
       </c>
       <c r="C33" s="44">
-        <f>IF(ISNA(VLOOKUP(B33,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B33,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B33,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B33,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>71300</v>
       </c>
       <c r="D33" s="67">
         <f>IF(C33="NOT AVAILABLE",0,IF(I24&gt;0,I24/E33*F33,IF(H24&gt;0,H24/E33*F33,G24/E33*F33)))</f>
         <v>0</v>
       </c>
       <c r="E33" s="68">
         <v>193</v>
       </c>
       <c r="F33" s="69">
         <v>1</v>
       </c>
       <c r="G33" s="70">
         <f>IF(C33="NOT AVAILABLE",0,ROUND(((MIN(IF(I24&gt;0,I24,IF(H24&gt;0,H24,G24)),C33)*8.8%+MIN(MAX(IF(I24&gt;0,I24,IF(H24&gt;0,H24,G24))-C33,0),B20-C33)*10.4%))*F33/E33,2))</f>
         <v>0</v>
       </c>
       <c r="H33" s="71">
         <v>0</v>
       </c>
       <c r="I33" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J33" s="73">
         <v>0</v>
@@ -5143,159 +5155,159 @@
       </c>
       <c r="F79" s="81" t="s">
         <v>15</v>
       </c>
       <c r="G79" s="81" t="s">
         <v>16</v>
       </c>
       <c r="H79" s="82" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="83" t="s">
         <v>31</v>
       </c>
       <c r="J79" s="84" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A80" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B80" s="43">
         <v>2024</v>
       </c>
       <c r="C80" s="44">
-        <f>IF(ISNA(VLOOKUP(B80,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B80,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B80,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B80,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>68500</v>
       </c>
       <c r="D80" s="67">
         <f>D76/E80*F80</f>
         <v>207.25388601036269</v>
       </c>
       <c r="E80" s="88">
         <v>193</v>
       </c>
       <c r="F80" s="89">
         <v>0.5</v>
       </c>
       <c r="G80" s="70">
         <f>ROUND(((MIN(D76,C80)*8.8%+MAX(D76-C80,0)*10.4%))*F80/E80,2)</f>
         <v>18.72</v>
       </c>
       <c r="H80" s="90">
         <v>41</v>
       </c>
       <c r="I80" s="72">
         <f>(G80*H80)</f>
         <v>767.52</v>
       </c>
       <c r="J80" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A81" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B81" s="43">
         <v>2024</v>
       </c>
       <c r="C81" s="44">
-        <f>IF(ISNA(VLOOKUP(B81,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B81,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B81,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B81,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>68500</v>
       </c>
       <c r="D81" s="67">
         <f>IF(E76&gt;0,E76/E81*F81,D76/E81*F81)</f>
         <v>414.50777202072538</v>
       </c>
       <c r="E81" s="88">
         <v>193</v>
       </c>
       <c r="F81" s="89">
         <v>1</v>
       </c>
       <c r="G81" s="70">
         <f>ROUND(((MIN(D76,C81)*8.8%+MAX(D76-C81,0)*10.4%))*F81/E81,2)</f>
         <v>37.43</v>
       </c>
       <c r="H81" s="90">
         <v>35</v>
       </c>
       <c r="I81" s="72">
         <f>(G81*H81)</f>
         <v>1310.05</v>
       </c>
       <c r="J81" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A82" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B82" s="43">
         <v>2025</v>
       </c>
       <c r="C82" s="44">
-        <f>IF(ISNA(VLOOKUP(B82,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B82,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B82,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B82,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>71300</v>
       </c>
       <c r="D82" s="67">
         <f>IF(C82="NOT AVAILABLE",0,F76/E82*F82)</f>
         <v>414.50777202072538</v>
       </c>
       <c r="E82" s="88">
         <v>193</v>
       </c>
       <c r="F82" s="89">
         <v>1</v>
       </c>
       <c r="G82" s="70">
         <f>IF(C82="NOT AVAILABLE",0,ROUND(((MIN(F76,C82)*8.8%+MAX(F76-C82,0)*10.4%))*F82/E82,2))</f>
         <v>37.200000000000003</v>
       </c>
       <c r="H82" s="90">
         <v>59</v>
       </c>
       <c r="I82" s="72">
         <f>(G82*H82)</f>
         <v>2194.8000000000002</v>
       </c>
       <c r="J82" s="91">
         <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A83" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B83" s="43">
         <v>2025</v>
       </c>
       <c r="C83" s="44">
-        <f>IF(ISNA(VLOOKUP(B83,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B83,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B83,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B83,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>71300</v>
       </c>
       <c r="D83" s="67">
         <f>IF(C83="NOT AVAILABLE",0,IF(G76&gt;0,G76/E83*F83,F76/E83*F83))</f>
         <v>414.50777202072538</v>
       </c>
       <c r="E83" s="88">
         <v>193</v>
       </c>
       <c r="F83" s="89">
         <v>1</v>
       </c>
       <c r="G83" s="70">
         <f>IF(C83="NOT AVAILABLE",0,ROUND(((MIN(G76,C83)*8.8%+MAX(G76-C83,0)*10.4%))*F83/E83,2))</f>
         <v>0</v>
       </c>
       <c r="H83" s="90">
         <v>0</v>
       </c>
       <c r="I83" s="72">
         <f>(G83*H83)</f>
         <v>0</v>
       </c>
       <c r="J83" s="91">
         <v>0</v>
@@ -5541,159 +5553,159 @@
       </c>
       <c r="F101" s="40" t="s">
         <v>15</v>
       </c>
       <c r="G101" s="40" t="s">
         <v>16</v>
       </c>
       <c r="H101" s="41" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="75" t="s">
         <v>31</v>
       </c>
       <c r="J101" s="77" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A102" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B102" s="43">
         <v>2024</v>
       </c>
       <c r="C102" s="44">
-        <f>IF(ISNA(VLOOKUP(B102,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B102,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B102,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B102,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>68500</v>
       </c>
       <c r="D102" s="45">
         <f>D98/E102*F102</f>
         <v>0</v>
       </c>
       <c r="E102" s="56">
         <v>193</v>
       </c>
       <c r="F102" s="57">
         <v>1</v>
       </c>
       <c r="G102" s="48">
         <f>ROUND(((MIN(D98,C102)*8.8%+MAX(D98-C102,0)*10.4%))*F102/E102,2)</f>
         <v>0</v>
       </c>
       <c r="H102" s="58">
         <v>0</v>
       </c>
       <c r="I102" s="96">
         <f>(G102*H102)</f>
         <v>0</v>
       </c>
       <c r="J102" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A103" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B103" s="43">
         <v>2024</v>
       </c>
       <c r="C103" s="44">
-        <f>IF(ISNA(VLOOKUP(B103,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B103,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B103,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B103,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>68500</v>
       </c>
       <c r="D103" s="45">
         <f>IF(E98&gt;0,E98/E103*F103,D98/E103*F103)</f>
         <v>0</v>
       </c>
       <c r="E103" s="56">
         <v>193</v>
       </c>
       <c r="F103" s="57">
         <v>1</v>
       </c>
       <c r="G103" s="48">
         <f>ROUND(((MIN(D98,C103)*8.8%+MAX(D98-C103,0)*10.4%))*F103/E103,2)</f>
         <v>0</v>
       </c>
       <c r="H103" s="58">
         <v>0</v>
       </c>
       <c r="I103" s="96">
         <f>(G103*H103)</f>
         <v>0</v>
       </c>
       <c r="J103" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A104" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B104" s="43">
         <v>2025</v>
       </c>
       <c r="C104" s="44">
-        <f>IF(ISNA(VLOOKUP(B104,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B104,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B104,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B104,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>71300</v>
       </c>
       <c r="D104" s="45">
         <f>IF(C104="NOT AVAILABLE",0,F98/E104*F104)</f>
         <v>414.50777202072538</v>
       </c>
       <c r="E104" s="56">
         <v>193</v>
       </c>
       <c r="F104" s="57">
         <v>1</v>
       </c>
       <c r="G104" s="48">
         <f>IF(C104="NOT AVAILABLE",0,ROUND(((MIN(F98,C104)*8.8%+MAX(F98-C104,0)*10.4%))*F104/E104,2))</f>
         <v>37.200000000000003</v>
       </c>
       <c r="H104" s="58">
         <v>39</v>
       </c>
       <c r="I104" s="96">
         <f>(G104*H104)</f>
         <v>1450.8000000000002</v>
       </c>
       <c r="J104" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A105" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B105" s="43">
         <v>2025</v>
       </c>
       <c r="C105" s="44">
-        <f>IF(ISNA(VLOOKUP(B105,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B105,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B105,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B105,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>71300</v>
       </c>
       <c r="D105" s="45">
         <f>IF(C105="NOT AVAILABLE",0,IF(G98&gt;0,G98/E105*F105,F98/E105*F105))</f>
         <v>427.46113989637308</v>
       </c>
       <c r="E105" s="56">
         <v>193</v>
       </c>
       <c r="F105" s="57">
         <v>1</v>
       </c>
       <c r="G105" s="48">
         <f>IF(C105="NOT AVAILABLE",0,ROUND(((MIN(G98,C105)*8.8%+MAX(G98-C105,0)*10.4%))*F105/E105,2))</f>
         <v>38.549999999999997</v>
       </c>
       <c r="H105" s="58">
         <v>58</v>
       </c>
       <c r="I105" s="96">
         <f>(G105*H105)</f>
         <v>2235.8999999999996</v>
       </c>
       <c r="J105" s="91">
         <v>0</v>
@@ -6032,65 +6044,65 @@
         <v>1</v>
       </c>
       <c r="B17" s="101"/>
       <c r="C17" s="102"/>
       <c r="D17" s="20"/>
       <c r="E17" s="20"/>
       <c r="F17" s="20"/>
       <c r="O17" s="12"/>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A18" s="103" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="104"/>
       <c r="C18" s="105"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="O18" s="12"/>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A19" s="92">
         <v>2023</v>
       </c>
       <c r="B19" s="106">
-        <f>IF(ISNA(VLOOKUP(A19,TABLES!$B$4:$D$30,3,FALSE)),"NOT AVAILABLE",VLOOKUP(A19,TABLES!$B$4:$D$30,3,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(A19,TABLES!$B$4:$D$31,3,FALSE)),"NOT AVAILABLE",VLOOKUP(A19,TABLES!$B$4:$D$31,3,FALSE))</f>
         <v>195313</v>
       </c>
       <c r="C19" s="107"/>
       <c r="D19" s="20"/>
       <c r="E19" s="20"/>
       <c r="F19" s="20"/>
       <c r="O19" s="12"/>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A20" s="98">
         <v>2024</v>
       </c>
       <c r="B20" s="108">
-        <f>IF(ISNA(VLOOKUP(A20,TABLES!$B$4:$D$30,3,FALSE)),"NOT AVAILABLE",VLOOKUP(A20,TABLES!$B$4:$D$30,3,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(A20,TABLES!$B$4:$D$31,3,FALSE)),"NOT AVAILABLE",VLOOKUP(A20,TABLES!$B$4:$D$31,3,FALSE))</f>
         <v>201050</v>
       </c>
       <c r="C20" s="109"/>
       <c r="D20" s="20"/>
       <c r="E20" s="20"/>
       <c r="F20" s="20"/>
       <c r="O20" s="12"/>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A21" s="25"/>
       <c r="B21" s="20"/>
       <c r="C21" s="20"/>
       <c r="D21" s="20"/>
       <c r="E21" s="20"/>
       <c r="F21" s="20"/>
       <c r="K21" s="2"/>
       <c r="O21" s="12"/>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A22" s="31" t="s">
         <v>2</v>
       </c>
       <c r="B22" s="20"/>
       <c r="C22" s="20"/>
       <c r="D22" s="62" t="s">
@@ -6217,231 +6229,231 @@
       <c r="F27" s="81" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="81" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="82" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="83" t="s">
         <v>31</v>
       </c>
       <c r="J27" s="84" t="s">
         <v>18</v>
       </c>
       <c r="O27" s="12"/>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A28" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="43">
         <v>2023</v>
       </c>
       <c r="C28" s="44">
-        <f>IF(ISNA(VLOOKUP(B28,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B28,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B28,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B28,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>66600</v>
       </c>
       <c r="D28" s="67">
         <f>D24/E28*F28</f>
         <v>0</v>
       </c>
       <c r="E28" s="68">
         <v>196</v>
       </c>
       <c r="F28" s="69">
         <v>1</v>
       </c>
       <c r="G28" s="70">
         <f>ROUND(((MIN(D24,C28)*8.8%+MIN(MAX(D24-C28,0),B19-C28)*10.4%))*F28/E28,2)</f>
         <v>0</v>
       </c>
       <c r="H28" s="71">
         <v>0</v>
       </c>
       <c r="I28" s="72">
         <f t="shared" ref="I28:I33" si="0">(G28*H28)</f>
         <v>0</v>
       </c>
       <c r="J28" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A29" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B29" s="43">
         <v>2023</v>
       </c>
       <c r="C29" s="44">
-        <f>IF(ISNA(VLOOKUP(B29,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B29,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B29,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B29,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>66600</v>
       </c>
       <c r="D29" s="67">
         <f>IF(E24&gt;0,E24/E29*F29,D24/E29*F29)</f>
         <v>0</v>
       </c>
       <c r="E29" s="68">
         <v>196</v>
       </c>
       <c r="F29" s="69">
         <v>1</v>
       </c>
       <c r="G29" s="70">
         <f>ROUND(((MIN(IF(E24&gt;0,E24,D24),C29)*8.8%+MIN(MAX(IF(E24&gt;0,E24,D24)-C29,0),B19-C29)*10.4%))*F29/E29,2)</f>
         <v>0</v>
       </c>
       <c r="H29" s="71">
         <v>0</v>
       </c>
       <c r="I29" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J29" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A30" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B30" s="43">
         <v>2023</v>
       </c>
       <c r="C30" s="44">
-        <f>IF(ISNA(VLOOKUP(B30,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B30,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B30,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B30,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>66600</v>
       </c>
       <c r="D30" s="67">
         <f>IF(F24&gt;0,F24/E30*F30,IF(E24&gt;0,E24/E30*F30,D24/E30*F30))</f>
         <v>0</v>
       </c>
       <c r="E30" s="68">
         <v>196</v>
       </c>
       <c r="F30" s="69">
         <v>1</v>
       </c>
       <c r="G30" s="70">
         <f>ROUND(((MIN(IF(F24&gt;0,F24,IF(E24&gt;0,E24,D24)),C30)*8.8%+MIN(MAX(IF(F24&gt;0,F24,IF(E24&gt;0,E24,D24))-C30,0),B19-C30)*10.4%))*F30/E30,2)</f>
         <v>0</v>
       </c>
       <c r="H30" s="71">
         <v>0</v>
       </c>
       <c r="I30" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J30" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A31" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B31" s="43">
         <v>2024</v>
       </c>
       <c r="C31" s="44">
-        <f>IF(ISNA(VLOOKUP(B31,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B31,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B31,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B31,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>68500</v>
       </c>
       <c r="D31" s="67">
         <f>IF(C31="NOT AVAILABLE",0,G24/E31*F31)</f>
         <v>0</v>
       </c>
       <c r="E31" s="68">
         <v>196</v>
       </c>
       <c r="F31" s="69">
         <v>1</v>
       </c>
       <c r="G31" s="70">
         <f>IF(C31="NOT AVAILABLE",0,ROUND(((MIN(G24,C31)*8.8%+MIN(MAX(G24-C31,0),B20-C31)*10.4%))*F31/E31,2))</f>
         <v>0</v>
       </c>
       <c r="H31" s="71">
         <v>0</v>
       </c>
       <c r="I31" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J31" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A32" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B32" s="43">
         <v>2024</v>
       </c>
       <c r="C32" s="44">
-        <f>IF(ISNA(VLOOKUP(B32,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B32,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B32,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B32,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>68500</v>
       </c>
       <c r="D32" s="67">
         <f>IF(C32="NOT AVAILABLE",0,IF(H24&gt;0,H24/E32*F32,G24/E32*F32))</f>
         <v>0</v>
       </c>
       <c r="E32" s="68">
         <v>196</v>
       </c>
       <c r="F32" s="69">
         <v>1</v>
       </c>
       <c r="G32" s="70">
         <f>IF(C32="NOT AVAILABLE",0,ROUND(((MIN(IF(H24&gt;0,H24,G24),C32)*8.8%+MIN(MAX(IF(H24&gt;0,H24,G24)-C32,0),B20-C32)*10.4%))*F32/E32,2))</f>
         <v>0</v>
       </c>
       <c r="H32" s="71">
         <v>0</v>
       </c>
       <c r="I32" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J32" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A33" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B33" s="43">
         <v>2024</v>
       </c>
       <c r="C33" s="44">
-        <f>IF(ISNA(VLOOKUP(B33,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B33,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B33,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B33,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>68500</v>
       </c>
       <c r="D33" s="67">
         <f>IF(C33="NOT AVAILABLE",0,IF(I24&gt;0,I24/E33*F33,IF(H24&gt;0,H24/E33*F33,G24/E33*F33)))</f>
         <v>0</v>
       </c>
       <c r="E33" s="68">
         <v>196</v>
       </c>
       <c r="F33" s="69">
         <v>1</v>
       </c>
       <c r="G33" s="70">
         <f>IF(C33="NOT AVAILABLE",0,ROUND(((MIN(IF(I24&gt;0,I24,IF(H24&gt;0,H24,G24)),C33)*8.8%+MIN(MAX(IF(I24&gt;0,I24,IF(H24&gt;0,H24,G24))-C33,0),B20-C33)*10.4%))*F33/E33,2))</f>
         <v>0</v>
       </c>
       <c r="H33" s="71">
         <v>0</v>
       </c>
       <c r="I33" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J33" s="73">
         <v>0</v>
@@ -6987,159 +6999,159 @@
       </c>
       <c r="F79" s="81" t="s">
         <v>15</v>
       </c>
       <c r="G79" s="81" t="s">
         <v>16</v>
       </c>
       <c r="H79" s="82" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="83" t="s">
         <v>31</v>
       </c>
       <c r="J79" s="84" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A80" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B80" s="43">
         <v>2023</v>
       </c>
       <c r="C80" s="44">
-        <f>IF(ISNA(VLOOKUP(B80,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B80,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B80,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B80,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>66600</v>
       </c>
       <c r="D80" s="67">
         <f>D76/E80*F80</f>
         <v>204.08163265306123</v>
       </c>
       <c r="E80" s="88">
         <v>196</v>
       </c>
       <c r="F80" s="89">
         <v>0.5</v>
       </c>
       <c r="G80" s="70">
         <f>ROUND(((MIN(D76,C80)*8.8%+MAX(D76-C80,0)*10.4%))*F80/E80,2)</f>
         <v>18.510000000000002</v>
       </c>
       <c r="H80" s="90">
         <v>40</v>
       </c>
       <c r="I80" s="72">
         <f>(G80*H80)</f>
         <v>740.40000000000009</v>
       </c>
       <c r="J80" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A81" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B81" s="43">
         <v>2023</v>
       </c>
       <c r="C81" s="44">
-        <f>IF(ISNA(VLOOKUP(B81,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B81,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B81,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B81,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>66600</v>
       </c>
       <c r="D81" s="67">
         <f>IF(E76&gt;0,E76/E81*F81,D76/E81*F81)</f>
         <v>408.16326530612247</v>
       </c>
       <c r="E81" s="88">
         <v>196</v>
       </c>
       <c r="F81" s="89">
         <v>1</v>
       </c>
       <c r="G81" s="70">
         <f>ROUND(((MIN(D76,C81)*8.8%+MAX(D76-C81,0)*10.4%))*F81/E81,2)</f>
         <v>37.01</v>
       </c>
       <c r="H81" s="90">
         <v>38</v>
       </c>
       <c r="I81" s="72">
         <f>(G81*H81)</f>
         <v>1406.3799999999999</v>
       </c>
       <c r="J81" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A82" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B82" s="43">
         <v>2024</v>
       </c>
       <c r="C82" s="44">
-        <f>IF(ISNA(VLOOKUP(B82,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B82,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B82,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B82,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>68500</v>
       </c>
       <c r="D82" s="67">
         <f>IF(C82="NOT AVAILABLE",0,F76/E82*F82)</f>
         <v>408.16326530612247</v>
       </c>
       <c r="E82" s="88">
         <v>196</v>
       </c>
       <c r="F82" s="89">
         <v>1</v>
       </c>
       <c r="G82" s="70">
         <f>IF(C82="NOT AVAILABLE",0,ROUND(((MIN(F76,C82)*8.8%+MAX(F76-C82,0)*10.4%))*F82/E82,2))</f>
         <v>36.86</v>
       </c>
       <c r="H82" s="90">
         <v>54</v>
       </c>
       <c r="I82" s="72">
         <f>(G82*H82)</f>
         <v>1990.44</v>
       </c>
       <c r="J82" s="91">
         <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A83" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B83" s="43">
         <v>2024</v>
       </c>
       <c r="C83" s="44">
-        <f>IF(ISNA(VLOOKUP(B83,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B83,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B83,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B83,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>68500</v>
       </c>
       <c r="D83" s="67">
         <f>IF(C83="NOT AVAILABLE",0,IF(G76&gt;0,G76/E83*F83,F76/E83*F83))</f>
         <v>408.16326530612247</v>
       </c>
       <c r="E83" s="88">
         <v>196</v>
       </c>
       <c r="F83" s="89">
         <v>1</v>
       </c>
       <c r="G83" s="70">
         <f>IF(C83="NOT AVAILABLE",0,ROUND(((MIN(G76,C83)*8.8%+MAX(G76-C83,0)*10.4%))*F83/E83,2))</f>
         <v>0</v>
       </c>
       <c r="H83" s="90">
         <v>0</v>
       </c>
       <c r="I83" s="72">
         <f>(G83*H83)</f>
         <v>0</v>
       </c>
       <c r="J83" s="91">
         <v>0</v>
@@ -7385,159 +7397,159 @@
       </c>
       <c r="F101" s="40" t="s">
         <v>15</v>
       </c>
       <c r="G101" s="40" t="s">
         <v>16</v>
       </c>
       <c r="H101" s="41" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="75" t="s">
         <v>31</v>
       </c>
       <c r="J101" s="77" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A102" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B102" s="43">
         <v>2023</v>
       </c>
       <c r="C102" s="44">
-        <f>IF(ISNA(VLOOKUP(B102,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B102,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B102,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B102,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>66600</v>
       </c>
       <c r="D102" s="45">
         <f>D98/E102*F102</f>
         <v>0</v>
       </c>
       <c r="E102" s="56">
         <v>196</v>
       </c>
       <c r="F102" s="57">
         <v>1</v>
       </c>
       <c r="G102" s="48">
         <f>ROUND(((MIN(D98,C102)*8.8%+MAX(D98-C102,0)*10.4%))*F102/E102,2)</f>
         <v>0</v>
       </c>
       <c r="H102" s="58">
         <v>0</v>
       </c>
       <c r="I102" s="96">
         <f>(G102*H102)</f>
         <v>0</v>
       </c>
       <c r="J102" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A103" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B103" s="43">
         <v>2023</v>
       </c>
       <c r="C103" s="44">
-        <f>IF(ISNA(VLOOKUP(B103,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B103,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B103,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B103,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>66600</v>
       </c>
       <c r="D103" s="45">
         <f>IF(E98&gt;0,E98/E103*F103,D98/E103*F103)</f>
         <v>0</v>
       </c>
       <c r="E103" s="56">
         <v>196</v>
       </c>
       <c r="F103" s="57">
         <v>1</v>
       </c>
       <c r="G103" s="48">
         <f>ROUND(((MIN(D98,C103)*8.8%+MAX(D98-C103,0)*10.4%))*F103/E103,2)</f>
         <v>0</v>
       </c>
       <c r="H103" s="58">
         <v>0</v>
       </c>
       <c r="I103" s="96">
         <f>(G103*H103)</f>
         <v>0</v>
       </c>
       <c r="J103" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A104" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B104" s="43">
         <v>2024</v>
       </c>
       <c r="C104" s="44">
-        <f>IF(ISNA(VLOOKUP(B104,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B104,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B104,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B104,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>68500</v>
       </c>
       <c r="D104" s="45">
         <f>IF(C104="NOT AVAILABLE",0,F98/E104*F104)</f>
         <v>408.16326530612247</v>
       </c>
       <c r="E104" s="56">
         <v>196</v>
       </c>
       <c r="F104" s="57">
         <v>1</v>
       </c>
       <c r="G104" s="48">
         <f>IF(C104="NOT AVAILABLE",0,ROUND(((MIN(F98,C104)*8.8%+MAX(F98-C104,0)*10.4%))*F104/E104,2))</f>
         <v>36.86</v>
       </c>
       <c r="H104" s="58">
         <v>36</v>
       </c>
       <c r="I104" s="96">
         <f>(G104*H104)</f>
         <v>1326.96</v>
       </c>
       <c r="J104" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A105" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B105" s="43">
         <v>2024</v>
       </c>
       <c r="C105" s="44">
-        <f>IF(ISNA(VLOOKUP(B105,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B105,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B105,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B105,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>68500</v>
       </c>
       <c r="D105" s="45">
         <f>IF(C105="NOT AVAILABLE",0,IF(G98&gt;0,G98/E105*F105,F98/E105*F105))</f>
         <v>420.91836734693879</v>
       </c>
       <c r="E105" s="56">
         <v>196</v>
       </c>
       <c r="F105" s="57">
         <v>1</v>
       </c>
       <c r="G105" s="48">
         <f>IF(C105="NOT AVAILABLE",0,ROUND(((MIN(G98,C105)*8.8%+MAX(G98-C105,0)*10.4%))*F105/E105,2))</f>
         <v>38.18</v>
       </c>
       <c r="H105" s="58">
         <v>64</v>
       </c>
       <c r="I105" s="96">
         <f>(G105*H105)</f>
         <v>2443.52</v>
       </c>
       <c r="J105" s="91">
         <v>0</v>
@@ -7876,65 +7888,65 @@
         <v>1</v>
       </c>
       <c r="B17" s="101"/>
       <c r="C17" s="102"/>
       <c r="D17" s="20"/>
       <c r="E17" s="20"/>
       <c r="F17" s="20"/>
       <c r="O17" s="12"/>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A18" s="103" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="104"/>
       <c r="C18" s="105"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="O18" s="12"/>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A19" s="92">
         <v>2022</v>
       </c>
       <c r="B19" s="106">
-        <f>IF(ISNA(VLOOKUP(A19,TABLES!$B$4:$D$30,3,FALSE)),"NOT AVAILABLE",VLOOKUP(A19,TABLES!$B$4:$D$30,3,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(A19,TABLES!$B$4:$D$31,3,FALSE)),"NOT AVAILABLE",VLOOKUP(A19,TABLES!$B$4:$D$31,3,FALSE))</f>
         <v>190470</v>
       </c>
       <c r="C19" s="107"/>
       <c r="D19" s="20"/>
       <c r="E19" s="20"/>
       <c r="F19" s="20"/>
       <c r="O19" s="12"/>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A20" s="98">
         <v>2023</v>
       </c>
       <c r="B20" s="108">
-        <f>IF(ISNA(VLOOKUP(A20,TABLES!$B$4:$D$30,3,FALSE)),"NOT AVAILABLE",VLOOKUP(A20,TABLES!$B$4:$D$30,3,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(A20,TABLES!$B$4:$D$31,3,FALSE)),"NOT AVAILABLE",VLOOKUP(A20,TABLES!$B$4:$D$31,3,FALSE))</f>
         <v>195313</v>
       </c>
       <c r="C20" s="109"/>
       <c r="D20" s="20"/>
       <c r="E20" s="20"/>
       <c r="F20" s="20"/>
       <c r="O20" s="12"/>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A21" s="25"/>
       <c r="B21" s="20"/>
       <c r="C21" s="20"/>
       <c r="D21" s="20"/>
       <c r="E21" s="20"/>
       <c r="F21" s="20"/>
       <c r="K21" s="2"/>
       <c r="O21" s="12"/>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A22" s="31" t="s">
         <v>2</v>
       </c>
       <c r="B22" s="20"/>
       <c r="C22" s="20"/>
       <c r="D22" s="62" t="s">
@@ -8061,231 +8073,231 @@
       <c r="F27" s="81" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="81" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="82" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="83" t="s">
         <v>31</v>
       </c>
       <c r="J27" s="84" t="s">
         <v>18</v>
       </c>
       <c r="O27" s="12"/>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A28" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="43">
         <v>2022</v>
       </c>
       <c r="C28" s="44">
-        <f>IF(ISNA(VLOOKUP(B28,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B28,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B28,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B28,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>64900</v>
       </c>
       <c r="D28" s="67">
         <f>D24/E28*F28</f>
         <v>0</v>
       </c>
       <c r="E28" s="68">
         <v>193</v>
       </c>
       <c r="F28" s="69">
         <v>1</v>
       </c>
       <c r="G28" s="70">
         <f>ROUND(((MIN(D24,C28)*8.8%+MIN(MAX(D24-C28,0),B19-C28)*10.4%))*F28/E28,2)</f>
         <v>0</v>
       </c>
       <c r="H28" s="71">
         <v>0</v>
       </c>
       <c r="I28" s="72">
         <f t="shared" ref="I28:I33" si="0">(G28*H28)</f>
         <v>0</v>
       </c>
       <c r="J28" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A29" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B29" s="43">
         <v>2022</v>
       </c>
       <c r="C29" s="44">
-        <f>IF(ISNA(VLOOKUP(B29,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B29,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B29,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B29,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>64900</v>
       </c>
       <c r="D29" s="67">
         <f>IF(E24&gt;0,E24/E29*F29,D24/E29*F29)</f>
         <v>0</v>
       </c>
       <c r="E29" s="68">
         <v>193</v>
       </c>
       <c r="F29" s="69">
         <v>1</v>
       </c>
       <c r="G29" s="70">
         <f>ROUND(((MIN(IF(E24&gt;0,E24,D24),C29)*8.8%+MIN(MAX(IF(E24&gt;0,E24,D24)-C29,0),B19-C29)*10.4%))*F29/E29,2)</f>
         <v>0</v>
       </c>
       <c r="H29" s="71">
         <v>0</v>
       </c>
       <c r="I29" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J29" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A30" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B30" s="43">
         <v>2022</v>
       </c>
       <c r="C30" s="44">
-        <f>IF(ISNA(VLOOKUP(B30,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B30,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B30,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B30,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>64900</v>
       </c>
       <c r="D30" s="67">
         <f>IF(F24&gt;0,F24/E30*F30,IF(E24&gt;0,E24/E30*F30,D24/E30*F30))</f>
         <v>0</v>
       </c>
       <c r="E30" s="68">
         <v>193</v>
       </c>
       <c r="F30" s="69">
         <v>1</v>
       </c>
       <c r="G30" s="70">
         <f>ROUND(((MIN(IF(F24&gt;0,F24,IF(E24&gt;0,E24,D24)),C30)*8.8%+MIN(MAX(IF(F24&gt;0,F24,IF(E24&gt;0,E24,D24))-C30,0),B19-C30)*10.4%))*F30/E30,2)</f>
         <v>0</v>
       </c>
       <c r="H30" s="71">
         <v>0</v>
       </c>
       <c r="I30" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J30" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A31" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B31" s="43">
         <v>2023</v>
       </c>
       <c r="C31" s="44">
-        <f>IF(ISNA(VLOOKUP(B31,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B31,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B31,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B31,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>66600</v>
       </c>
       <c r="D31" s="67">
         <f>IF(C31="NOT AVAILABLE",0,G24/E31*F31)</f>
         <v>0</v>
       </c>
       <c r="E31" s="68">
         <v>193</v>
       </c>
       <c r="F31" s="69">
         <v>1</v>
       </c>
       <c r="G31" s="70">
         <f>IF(C31="NOT AVAILABLE",0,ROUND(((MIN(G24,C31)*8.8%+MIN(MAX(G24-C31,0),B20-C31)*10.4%))*F31/E31,2))</f>
         <v>0</v>
       </c>
       <c r="H31" s="71">
         <v>0</v>
       </c>
       <c r="I31" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J31" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A32" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B32" s="43">
         <v>2023</v>
       </c>
       <c r="C32" s="44">
-        <f>IF(ISNA(VLOOKUP(B32,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B32,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B32,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B32,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>66600</v>
       </c>
       <c r="D32" s="67">
         <f>IF(C32="NOT AVAILABLE",0,IF(H24&gt;0,H24/E32*F32,G24/E32*F32))</f>
         <v>0</v>
       </c>
       <c r="E32" s="68">
         <v>193</v>
       </c>
       <c r="F32" s="69">
         <v>1</v>
       </c>
       <c r="G32" s="70">
         <f>IF(C32="NOT AVAILABLE",0,ROUND(((MIN(IF(H24&gt;0,H24,G24),C32)*8.8%+MIN(MAX(IF(H24&gt;0,H24,G24)-C32,0),B20-C32)*10.4%))*F32/E32,2))</f>
         <v>0</v>
       </c>
       <c r="H32" s="71">
         <v>0</v>
       </c>
       <c r="I32" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J32" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A33" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B33" s="43">
         <v>2023</v>
       </c>
       <c r="C33" s="44">
-        <f>IF(ISNA(VLOOKUP(B33,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B33,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B33,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B33,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>66600</v>
       </c>
       <c r="D33" s="67">
         <f>IF(C33="NOT AVAILABLE",0,IF(I24&gt;0,I24/E33*F33,IF(H24&gt;0,H24/E33*F33,G24/E33*F33)))</f>
         <v>0</v>
       </c>
       <c r="E33" s="68">
         <v>193</v>
       </c>
       <c r="F33" s="69">
         <v>1</v>
       </c>
       <c r="G33" s="70">
         <f>IF(C33="NOT AVAILABLE",0,ROUND(((MIN(IF(I24&gt;0,I24,IF(H24&gt;0,H24,G24)),C33)*8.8%+MIN(MAX(IF(I24&gt;0,I24,IF(H24&gt;0,H24,G24))-C33,0),B20-C33)*10.4%))*F33/E33,2))</f>
         <v>0</v>
       </c>
       <c r="H33" s="71">
         <v>0</v>
       </c>
       <c r="I33" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J33" s="73">
         <v>0</v>
@@ -8831,159 +8843,159 @@
       </c>
       <c r="F79" s="81" t="s">
         <v>15</v>
       </c>
       <c r="G79" s="81" t="s">
         <v>16</v>
       </c>
       <c r="H79" s="82" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="83" t="s">
         <v>31</v>
       </c>
       <c r="J79" s="84" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A80" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B80" s="43">
         <v>2022</v>
       </c>
       <c r="C80" s="44">
-        <f>IF(ISNA(VLOOKUP(B80,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B80,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B80,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B80,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>64900</v>
       </c>
       <c r="D80" s="67">
         <f>D76/E80*F80</f>
         <v>207.25388601036269</v>
       </c>
       <c r="E80" s="88">
         <v>193</v>
       </c>
       <c r="F80" s="89">
         <v>0.5</v>
       </c>
       <c r="G80" s="70">
         <f>ROUND(((MIN(D76,C80)*8.8%+MAX(D76-C80,0)*10.4%))*F80/E80,2)</f>
         <v>18.86</v>
       </c>
       <c r="H80" s="90">
         <v>38</v>
       </c>
       <c r="I80" s="72">
         <f>(G80*H80)</f>
         <v>716.68</v>
       </c>
       <c r="J80" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A81" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B81" s="43">
         <v>2022</v>
       </c>
       <c r="C81" s="44">
-        <f>IF(ISNA(VLOOKUP(B81,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B81,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B81,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B81,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>64900</v>
       </c>
       <c r="D81" s="67">
         <f>IF(E76&gt;0,E76/E81*F81,D76/E81*F81)</f>
         <v>414.50777202072538</v>
       </c>
       <c r="E81" s="88">
         <v>193</v>
       </c>
       <c r="F81" s="89">
         <v>1</v>
       </c>
       <c r="G81" s="70">
         <f>ROUND(((MIN(D76,C81)*8.8%+MAX(D76-C81,0)*10.4%))*F81/E81,2)</f>
         <v>37.729999999999997</v>
       </c>
       <c r="H81" s="90">
         <v>36</v>
       </c>
       <c r="I81" s="72">
         <f>(G81*H81)</f>
         <v>1358.28</v>
       </c>
       <c r="J81" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A82" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B82" s="43">
         <v>2023</v>
       </c>
       <c r="C82" s="44">
-        <f>IF(ISNA(VLOOKUP(B82,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B82,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B82,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B82,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>66600</v>
       </c>
       <c r="D82" s="67">
         <f>IF(C82="NOT AVAILABLE",0,F76/E82*F82)</f>
         <v>414.50777202072538</v>
       </c>
       <c r="E82" s="88">
         <v>193</v>
       </c>
       <c r="F82" s="89">
         <v>1</v>
       </c>
       <c r="G82" s="70">
         <f>IF(C82="NOT AVAILABLE",0,ROUND(((MIN(F76,C82)*8.8%+MAX(F76-C82,0)*10.4%))*F82/E82,2))</f>
         <v>37.590000000000003</v>
       </c>
       <c r="H82" s="90">
         <v>56</v>
       </c>
       <c r="I82" s="72">
         <f>(G82*H82)</f>
         <v>2105.04</v>
       </c>
       <c r="J82" s="91">
         <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A83" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B83" s="43">
         <v>2023</v>
       </c>
       <c r="C83" s="44">
-        <f>IF(ISNA(VLOOKUP(B83,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B83,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B83,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B83,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>66600</v>
       </c>
       <c r="D83" s="67">
         <f>IF(C83="NOT AVAILABLE",0,IF(G76&gt;0,G76/E83*F83,F76/E83*F83))</f>
         <v>414.50777202072538</v>
       </c>
       <c r="E83" s="88">
         <v>193</v>
       </c>
       <c r="F83" s="89">
         <v>1</v>
       </c>
       <c r="G83" s="70">
         <f>IF(C83="NOT AVAILABLE",0,ROUND(((MIN(G76,C83)*8.8%+MAX(G76-C83,0)*10.4%))*F83/E83,2))</f>
         <v>0</v>
       </c>
       <c r="H83" s="90">
         <v>0</v>
       </c>
       <c r="I83" s="72">
         <f>(G83*H83)</f>
         <v>0</v>
       </c>
       <c r="J83" s="91">
         <v>0</v>
@@ -9229,159 +9241,159 @@
       </c>
       <c r="F101" s="40" t="s">
         <v>15</v>
       </c>
       <c r="G101" s="40" t="s">
         <v>16</v>
       </c>
       <c r="H101" s="41" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="75" t="s">
         <v>31</v>
       </c>
       <c r="J101" s="77" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A102" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B102" s="43">
         <v>2022</v>
       </c>
       <c r="C102" s="44">
-        <f>IF(ISNA(VLOOKUP(B102,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B102,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B102,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B102,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>64900</v>
       </c>
       <c r="D102" s="45">
         <f>D98/E102*F102</f>
         <v>0</v>
       </c>
       <c r="E102" s="56">
         <v>193</v>
       </c>
       <c r="F102" s="57">
         <v>1</v>
       </c>
       <c r="G102" s="48">
         <f>ROUND(((MIN(D98,C102)*8.8%+MAX(D98-C102,0)*10.4%))*F102/E102,2)</f>
         <v>0</v>
       </c>
       <c r="H102" s="58">
         <v>0</v>
       </c>
       <c r="I102" s="96">
         <f>(G102*H102)</f>
         <v>0</v>
       </c>
       <c r="J102" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A103" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B103" s="43">
         <v>2022</v>
       </c>
       <c r="C103" s="44">
-        <f>IF(ISNA(VLOOKUP(B103,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B103,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B103,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B103,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>64900</v>
       </c>
       <c r="D103" s="45">
         <f>IF(E98&gt;0,E98/E103*F103,D98/E103*F103)</f>
         <v>0</v>
       </c>
       <c r="E103" s="56">
         <v>193</v>
       </c>
       <c r="F103" s="57">
         <v>1</v>
       </c>
       <c r="G103" s="48">
         <f>ROUND(((MIN(D98,C103)*8.8%+MAX(D98-C103,0)*10.4%))*F103/E103,2)</f>
         <v>0</v>
       </c>
       <c r="H103" s="58">
         <v>0</v>
       </c>
       <c r="I103" s="96">
         <f>(G103*H103)</f>
         <v>0</v>
       </c>
       <c r="J103" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A104" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B104" s="43">
         <v>2023</v>
       </c>
       <c r="C104" s="44">
-        <f>IF(ISNA(VLOOKUP(B104,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B104,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B104,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B104,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>66600</v>
       </c>
       <c r="D104" s="45">
         <f>IF(C104="NOT AVAILABLE",0,F98/E104*F104)</f>
         <v>414.50777202072538</v>
       </c>
       <c r="E104" s="56">
         <v>193</v>
       </c>
       <c r="F104" s="57">
         <v>1</v>
       </c>
       <c r="G104" s="48">
         <f>IF(C104="NOT AVAILABLE",0,ROUND(((MIN(F98,C104)*8.8%+MAX(F98-C104,0)*10.4%))*F104/E104,2))</f>
         <v>37.590000000000003</v>
       </c>
       <c r="H104" s="58">
         <v>37</v>
       </c>
       <c r="I104" s="96">
         <f>(G104*H104)</f>
         <v>1390.8300000000002</v>
       </c>
       <c r="J104" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A105" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B105" s="43">
         <v>2023</v>
       </c>
       <c r="C105" s="44">
-        <f>IF(ISNA(VLOOKUP(B105,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B105,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B105,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B105,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>66600</v>
       </c>
       <c r="D105" s="45">
         <f>IF(C105="NOT AVAILABLE",0,IF(G98&gt;0,G98/E105*F105,F98/E105*F105))</f>
         <v>427.46113989637308</v>
       </c>
       <c r="E105" s="56">
         <v>193</v>
       </c>
       <c r="F105" s="57">
         <v>1</v>
       </c>
       <c r="G105" s="48">
         <f>IF(C105="NOT AVAILABLE",0,ROUND(((MIN(G98,C105)*8.8%+MAX(G98-C105,0)*10.4%))*F105/E105,2))</f>
         <v>38.93</v>
       </c>
       <c r="H105" s="58">
         <v>63</v>
       </c>
       <c r="I105" s="96">
         <f>(G105*H105)</f>
         <v>2452.59</v>
       </c>
       <c r="J105" s="91">
         <v>0</v>
@@ -9720,65 +9732,65 @@
         <v>1</v>
       </c>
       <c r="B17" s="101"/>
       <c r="C17" s="102"/>
       <c r="D17" s="20"/>
       <c r="E17" s="20"/>
       <c r="F17" s="20"/>
       <c r="O17" s="12"/>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A18" s="103" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="104"/>
       <c r="C18" s="105"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="O18" s="12"/>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A19" s="92">
         <v>2021</v>
       </c>
       <c r="B19" s="106">
-        <f>IF(ISNA(VLOOKUP(A19,TABLES!$B$4:$D$30,3,FALSE)),"NOT AVAILABLE",VLOOKUP(A19,TABLES!$B$4:$D$30,3,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(A19,TABLES!$B$4:$D$31,3,FALSE)),"NOT AVAILABLE",VLOOKUP(A19,TABLES!$B$4:$D$31,3,FALSE))</f>
         <v>180758</v>
       </c>
       <c r="C19" s="107"/>
       <c r="D19" s="20"/>
       <c r="E19" s="20"/>
       <c r="F19" s="20"/>
       <c r="O19" s="12"/>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A20" s="98">
         <v>2022</v>
       </c>
       <c r="B20" s="108">
-        <f>IF(ISNA(VLOOKUP(A20,TABLES!$B$4:$D$30,3,FALSE)),"NOT AVAILABLE",VLOOKUP(A20,TABLES!$B$4:$D$30,3,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(A20,TABLES!$B$4:$D$31,3,FALSE)),"NOT AVAILABLE",VLOOKUP(A20,TABLES!$B$4:$D$31,3,FALSE))</f>
         <v>190470</v>
       </c>
       <c r="C20" s="109"/>
       <c r="D20" s="20"/>
       <c r="E20" s="20"/>
       <c r="F20" s="20"/>
       <c r="O20" s="12"/>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A21" s="25"/>
       <c r="B21" s="20"/>
       <c r="C21" s="20"/>
       <c r="D21" s="20"/>
       <c r="E21" s="20"/>
       <c r="F21" s="20"/>
       <c r="K21" s="2"/>
       <c r="O21" s="12"/>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A22" s="31" t="s">
         <v>2</v>
       </c>
       <c r="B22" s="20"/>
       <c r="C22" s="20"/>
       <c r="D22" s="62" t="s">
@@ -9905,231 +9917,231 @@
       <c r="F27" s="81" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="81" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="82" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="83" t="s">
         <v>31</v>
       </c>
       <c r="J27" s="84" t="s">
         <v>18</v>
       </c>
       <c r="O27" s="12"/>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A28" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="43">
         <v>2021</v>
       </c>
       <c r="C28" s="44">
-        <f>IF(ISNA(VLOOKUP(B28,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B28,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B28,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B28,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>61600</v>
       </c>
       <c r="D28" s="67">
         <f>D24/E28*F28</f>
         <v>0</v>
       </c>
       <c r="E28" s="68">
         <v>192</v>
       </c>
       <c r="F28" s="69">
         <v>1</v>
       </c>
       <c r="G28" s="70">
         <f>ROUND(((MIN(D24,C28)*8.8%+MIN(MAX(D24-C28,0),B19-C28)*10.4%))*F28/E28,2)</f>
         <v>0</v>
       </c>
       <c r="H28" s="71">
         <v>0</v>
       </c>
       <c r="I28" s="72">
         <f t="shared" ref="I28:I33" si="0">(G28*H28)</f>
         <v>0</v>
       </c>
       <c r="J28" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A29" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B29" s="43">
         <v>2021</v>
       </c>
       <c r="C29" s="44">
-        <f>IF(ISNA(VLOOKUP(B29,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B29,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B29,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B29,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>61600</v>
       </c>
       <c r="D29" s="67">
         <f>IF(E24&gt;0,E24/E29*F29,D24/E29*F29)</f>
         <v>0</v>
       </c>
       <c r="E29" s="68">
         <v>192</v>
       </c>
       <c r="F29" s="69">
         <v>1</v>
       </c>
       <c r="G29" s="70">
         <f>ROUND(((MIN(IF(E24&gt;0,E24,D24),C29)*8.8%+MIN(MAX(IF(E24&gt;0,E24,D24)-C29,0),B19-C29)*10.4%))*F29/E29,2)</f>
         <v>0</v>
       </c>
       <c r="H29" s="71">
         <v>0</v>
       </c>
       <c r="I29" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J29" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A30" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B30" s="43">
         <v>2021</v>
       </c>
       <c r="C30" s="44">
-        <f>IF(ISNA(VLOOKUP(B30,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B30,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B30,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B30,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>61600</v>
       </c>
       <c r="D30" s="67">
         <f>IF(F24&gt;0,F24/E30*F30,IF(E24&gt;0,E24/E30*F30,D24/E30*F30))</f>
         <v>0</v>
       </c>
       <c r="E30" s="68">
         <v>192</v>
       </c>
       <c r="F30" s="69">
         <v>1</v>
       </c>
       <c r="G30" s="70">
         <f>ROUND(((MIN(IF(F24&gt;0,F24,IF(E24&gt;0,E24,D24)),C30)*8.8%+MIN(MAX(IF(F24&gt;0,F24,IF(E24&gt;0,E24,D24))-C30,0),B19-C30)*10.4%))*F30/E30,2)</f>
         <v>0</v>
       </c>
       <c r="H30" s="71">
         <v>0</v>
       </c>
       <c r="I30" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J30" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A31" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B31" s="43">
         <v>2022</v>
       </c>
       <c r="C31" s="44">
-        <f>IF(ISNA(VLOOKUP(B31,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B31,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B31,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B31,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>64900</v>
       </c>
       <c r="D31" s="67">
         <f>IF(C31="NOT AVAILABLE",0,G24/E31*F31)</f>
         <v>0</v>
       </c>
       <c r="E31" s="68">
         <v>192</v>
       </c>
       <c r="F31" s="69">
         <v>1</v>
       </c>
       <c r="G31" s="70">
         <f>IF(C31="NOT AVAILABLE",0,ROUND(((MIN(G24,C31)*8.8%+MIN(MAX(G24-C31,0),B20-C31)*10.4%))*F31/E31,2))</f>
         <v>0</v>
       </c>
       <c r="H31" s="71">
         <v>0</v>
       </c>
       <c r="I31" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J31" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A32" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B32" s="43">
         <v>2022</v>
       </c>
       <c r="C32" s="44">
-        <f>IF(ISNA(VLOOKUP(B32,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B32,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B32,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B32,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>64900</v>
       </c>
       <c r="D32" s="67">
         <f>IF(C32="NOT AVAILABLE",0,IF(H24&gt;0,H24/E32*F32,G24/E32*F32))</f>
         <v>0</v>
       </c>
       <c r="E32" s="68">
         <v>192</v>
       </c>
       <c r="F32" s="69">
         <v>1</v>
       </c>
       <c r="G32" s="70">
         <f>IF(C32="NOT AVAILABLE",0,ROUND(((MIN(IF(H24&gt;0,H24,G24),C32)*8.8%+MIN(MAX(IF(H24&gt;0,H24,G24)-C32,0),B20-C32)*10.4%))*F32/E32,2))</f>
         <v>0</v>
       </c>
       <c r="H32" s="71">
         <v>0</v>
       </c>
       <c r="I32" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J32" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A33" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B33" s="43">
         <v>2022</v>
       </c>
       <c r="C33" s="44">
-        <f>IF(ISNA(VLOOKUP(B33,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B33,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B33,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B33,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>64900</v>
       </c>
       <c r="D33" s="67">
         <f>IF(C33="NOT AVAILABLE",0,IF(I24&gt;0,I24/E33*F33,IF(H24&gt;0,H24/E33*F33,G24/E33*F33)))</f>
         <v>0</v>
       </c>
       <c r="E33" s="68">
         <v>192</v>
       </c>
       <c r="F33" s="69">
         <v>1</v>
       </c>
       <c r="G33" s="70">
         <f>IF(C33="NOT AVAILABLE",0,ROUND(((MIN(IF(I24&gt;0,I24,IF(H24&gt;0,H24,G24)),C33)*8.8%+MIN(MAX(IF(I24&gt;0,I24,IF(H24&gt;0,H24,G24))-C33,0),B20-C33)*10.4%))*F33/E33,2))</f>
         <v>0</v>
       </c>
       <c r="H33" s="71">
         <v>0</v>
       </c>
       <c r="I33" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J33" s="73">
         <v>0</v>
@@ -10675,159 +10687,159 @@
       </c>
       <c r="F79" s="81" t="s">
         <v>15</v>
       </c>
       <c r="G79" s="81" t="s">
         <v>16</v>
       </c>
       <c r="H79" s="82" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="83" t="s">
         <v>31</v>
       </c>
       <c r="J79" s="84" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A80" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B80" s="43">
         <v>2021</v>
       </c>
       <c r="C80" s="44">
-        <f>IF(ISNA(VLOOKUP(B80,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B80,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B80,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B80,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>61600</v>
       </c>
       <c r="D80" s="67">
         <f>D76/E80*F80</f>
         <v>208.33333333333334</v>
       </c>
       <c r="E80" s="88">
         <v>192</v>
       </c>
       <c r="F80" s="89">
         <v>0.5</v>
       </c>
       <c r="G80" s="70">
         <f>ROUND(((MIN(D76,C80)*8.8%+MAX(D76-C80,0)*10.4%))*F80/E80,2)</f>
         <v>19.100000000000001</v>
       </c>
       <c r="H80" s="90">
         <v>37</v>
       </c>
       <c r="I80" s="72">
         <f>(G80*H80)</f>
         <v>706.7</v>
       </c>
       <c r="J80" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A81" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B81" s="43">
         <v>2021</v>
       </c>
       <c r="C81" s="44">
-        <f>IF(ISNA(VLOOKUP(B81,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B81,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B81,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B81,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>61600</v>
       </c>
       <c r="D81" s="67">
         <f>IF(E76&gt;0,E76/E81*F81,D76/E81*F81)</f>
         <v>416.66666666666669</v>
       </c>
       <c r="E81" s="88">
         <v>192</v>
       </c>
       <c r="F81" s="89">
         <v>1</v>
       </c>
       <c r="G81" s="70">
         <f>ROUND(((MIN(D76,C81)*8.8%+MAX(D76-C81,0)*10.4%))*F81/E81,2)</f>
         <v>38.200000000000003</v>
       </c>
       <c r="H81" s="90">
         <v>37</v>
       </c>
       <c r="I81" s="72">
         <f>(G81*H81)</f>
         <v>1413.4</v>
       </c>
       <c r="J81" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A82" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B82" s="43">
         <v>2022</v>
       </c>
       <c r="C82" s="44">
-        <f>IF(ISNA(VLOOKUP(B82,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B82,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B82,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B82,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>64900</v>
       </c>
       <c r="D82" s="67">
         <f>IF(C82="NOT AVAILABLE",0,F76/E82*F82)</f>
         <v>416.66666666666669</v>
       </c>
       <c r="E82" s="88">
         <v>192</v>
       </c>
       <c r="F82" s="89">
         <v>1</v>
       </c>
       <c r="G82" s="70">
         <f>IF(C82="NOT AVAILABLE",0,ROUND(((MIN(F76,C82)*8.8%+MAX(F76-C82,0)*10.4%))*F82/E82,2))</f>
         <v>37.93</v>
       </c>
       <c r="H82" s="90">
         <v>56</v>
       </c>
       <c r="I82" s="72">
         <f>(G82*H82)</f>
         <v>2124.08</v>
       </c>
       <c r="J82" s="91">
         <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A83" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B83" s="43">
         <v>2022</v>
       </c>
       <c r="C83" s="44">
-        <f>IF(ISNA(VLOOKUP(B83,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B83,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B83,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B83,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>64900</v>
       </c>
       <c r="D83" s="67">
         <f>IF(C83="NOT AVAILABLE",0,IF(G76&gt;0,G76/E83*F83,F76/E83*F83))</f>
         <v>416.66666666666669</v>
       </c>
       <c r="E83" s="88">
         <v>192</v>
       </c>
       <c r="F83" s="89">
         <v>1</v>
       </c>
       <c r="G83" s="70">
         <f>IF(C83="NOT AVAILABLE",0,ROUND(((MIN(G76,C83)*8.8%+MAX(G76-C83,0)*10.4%))*F83/E83,2))</f>
         <v>0</v>
       </c>
       <c r="H83" s="90">
         <v>0</v>
       </c>
       <c r="I83" s="72">
         <f>(G83*H83)</f>
         <v>0</v>
       </c>
       <c r="J83" s="91">
         <v>0</v>
@@ -11073,159 +11085,159 @@
       </c>
       <c r="F101" s="40" t="s">
         <v>15</v>
       </c>
       <c r="G101" s="40" t="s">
         <v>16</v>
       </c>
       <c r="H101" s="41" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="75" t="s">
         <v>31</v>
       </c>
       <c r="J101" s="77" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A102" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B102" s="43">
         <v>2021</v>
       </c>
       <c r="C102" s="44">
-        <f>IF(ISNA(VLOOKUP(B102,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B102,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B102,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B102,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>61600</v>
       </c>
       <c r="D102" s="45">
         <f>D98/E102*F102</f>
         <v>0</v>
       </c>
       <c r="E102" s="56">
         <v>192</v>
       </c>
       <c r="F102" s="57">
         <v>1</v>
       </c>
       <c r="G102" s="48">
         <f>ROUND(((MIN(D98,C102)*8.8%+MAX(D98-C102,0)*10.4%))*F102/E102,2)</f>
         <v>0</v>
       </c>
       <c r="H102" s="58">
         <v>0</v>
       </c>
       <c r="I102" s="96">
         <f>(G102*H102)</f>
         <v>0</v>
       </c>
       <c r="J102" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A103" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B103" s="43">
         <v>2021</v>
       </c>
       <c r="C103" s="44">
-        <f>IF(ISNA(VLOOKUP(B103,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B103,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B103,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B103,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>61600</v>
       </c>
       <c r="D103" s="45">
         <f>IF(E98&gt;0,E98/E103*F103,D98/E103*F103)</f>
         <v>0</v>
       </c>
       <c r="E103" s="56">
         <v>192</v>
       </c>
       <c r="F103" s="57">
         <v>1</v>
       </c>
       <c r="G103" s="48">
         <f>ROUND(((MIN(D98,C103)*8.8%+MAX(D98-C103,0)*10.4%))*F103/E103,2)</f>
         <v>0</v>
       </c>
       <c r="H103" s="58">
         <v>0</v>
       </c>
       <c r="I103" s="96">
         <f>(G103*H103)</f>
         <v>0</v>
       </c>
       <c r="J103" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A104" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B104" s="43">
         <v>2022</v>
       </c>
       <c r="C104" s="44">
-        <f>IF(ISNA(VLOOKUP(B104,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B104,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B104,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B104,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>64900</v>
       </c>
       <c r="D104" s="45">
         <f>IF(C104="NOT AVAILABLE",0,F98/E104*F104)</f>
         <v>416.66666666666669</v>
       </c>
       <c r="E104" s="56">
         <v>192</v>
       </c>
       <c r="F104" s="57">
         <v>1</v>
       </c>
       <c r="G104" s="48">
         <f>IF(C104="NOT AVAILABLE",0,ROUND(((MIN(F98,C104)*8.8%+MAX(F98-C104,0)*10.4%))*F104/E104,2))</f>
         <v>37.93</v>
       </c>
       <c r="H104" s="58">
         <v>38</v>
       </c>
       <c r="I104" s="96">
         <f>(G104*H104)</f>
         <v>1441.34</v>
       </c>
       <c r="J104" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A105" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B105" s="43">
         <v>2022</v>
       </c>
       <c r="C105" s="44">
-        <f>IF(ISNA(VLOOKUP(B105,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B105,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B105,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B105,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>64900</v>
       </c>
       <c r="D105" s="45">
         <f>IF(C105="NOT AVAILABLE",0,IF(G98&gt;0,G98/E105*F105,F98/E105*F105))</f>
         <v>429.6875</v>
       </c>
       <c r="E105" s="56">
         <v>192</v>
       </c>
       <c r="F105" s="57">
         <v>1</v>
       </c>
       <c r="G105" s="48">
         <f>IF(C105="NOT AVAILABLE",0,ROUND(((MIN(G98,C105)*8.8%+MAX(G98-C105,0)*10.4%))*F105/E105,2))</f>
         <v>39.28</v>
       </c>
       <c r="H105" s="58">
         <v>62</v>
       </c>
       <c r="I105" s="96">
         <f>(G105*H105)</f>
         <v>2435.36</v>
       </c>
       <c r="J105" s="91">
         <v>0</v>
@@ -11607,84 +11619,84 @@
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="63" t="s">
         <v>28</v>
       </c>
       <c r="E18" s="63" t="s">
         <v>29</v>
       </c>
       <c r="F18" s="63" t="s">
         <v>50</v>
       </c>
       <c r="G18" s="63" t="s">
         <v>28</v>
       </c>
       <c r="H18" s="63" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="65" t="s">
         <v>50</v>
       </c>
       <c r="K18" s="2"/>
       <c r="L18" s="92">
         <v>2020</v>
       </c>
       <c r="M18" s="93">
-        <f>IF(ISNA(VLOOKUP(L18,TABLES!$B$4:$D$30,3,FALSE)),"NOT AVAILABLE",VLOOKUP(L18,TABLES!$B$4:$D$30,3,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(L18,TABLES!$B$4:$D$31,3,FALSE)),"NOT AVAILABLE",VLOOKUP(L18,TABLES!$B$4:$D$31,3,FALSE))</f>
         <v>172220.99999999997</v>
       </c>
       <c r="N18" s="94"/>
       <c r="O18" s="12"/>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A19" s="2"/>
       <c r="B19" s="31"/>
       <c r="C19" s="2"/>
       <c r="D19" s="61">
         <v>0</v>
       </c>
       <c r="E19" s="61">
         <v>0</v>
       </c>
       <c r="F19" s="61">
         <v>0</v>
       </c>
       <c r="G19" s="61">
         <v>0</v>
       </c>
       <c r="H19" s="61">
         <v>0</v>
       </c>
       <c r="I19" s="66">
         <v>0</v>
       </c>
       <c r="K19" s="2"/>
       <c r="L19" s="92">
         <v>2021</v>
       </c>
       <c r="M19" s="93">
-        <f>IF(ISNA(VLOOKUP(L19,TABLES!$B$4:$D$30,3,FALSE)),"NOT AVAILABLE",VLOOKUP(L19,TABLES!$B$4:$D$30,3,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(L19,TABLES!$B$4:$D$31,3,FALSE)),"NOT AVAILABLE",VLOOKUP(L19,TABLES!$B$4:$D$31,3,FALSE))</f>
         <v>180758</v>
       </c>
       <c r="N19" s="95"/>
       <c r="O19" s="12"/>
     </row>
     <row r="20" spans="1:15" ht="10.199999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="31"/>
       <c r="B20" s="31"/>
       <c r="O20" s="12"/>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A21" s="32" t="s">
         <v>3</v>
       </c>
       <c r="B21" s="33" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="34"/>
       <c r="D21" s="35" t="s">
         <v>6</v>
       </c>
       <c r="E21" s="35" t="s">
         <v>7</v>
       </c>
       <c r="F21" s="35" t="s">
@@ -11729,246 +11741,246 @@
       <c r="G22" s="40" t="s">
         <v>16</v>
       </c>
       <c r="H22" s="41" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="75" t="s">
         <v>31</v>
       </c>
       <c r="J22" s="77" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="21"/>
       <c r="M22" s="14"/>
       <c r="N22" s="15"/>
       <c r="O22" s="12"/>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A23" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="43">
         <v>2020</v>
       </c>
       <c r="C23" s="44">
-        <f>IF(ISNA(VLOOKUP(B23,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B23,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B23,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B23,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>58700</v>
       </c>
       <c r="D23" s="45">
         <f>D19/E23*F23</f>
         <v>0</v>
       </c>
       <c r="E23" s="46">
         <v>196</v>
       </c>
       <c r="F23" s="47">
         <v>1</v>
       </c>
       <c r="G23" s="48">
         <f>ROUND(((MIN(D19,C23)*8.8%+MIN(MAX(D19-C23,0),M18-C23)*10.4%))*F23/E23,2)</f>
         <v>0</v>
       </c>
       <c r="H23" s="49">
         <v>0</v>
       </c>
       <c r="I23" s="96">
         <f t="shared" ref="I23:I28" si="0">(G23*H23)</f>
         <v>0</v>
       </c>
       <c r="J23" s="73">
         <v>0</v>
       </c>
       <c r="L23" s="21"/>
       <c r="M23" s="14"/>
       <c r="N23" s="15"/>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A24" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B24" s="43">
         <v>2020</v>
       </c>
       <c r="C24" s="44">
-        <f>IF(ISNA(VLOOKUP(B24,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B24,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B24,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B24,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>58700</v>
       </c>
       <c r="D24" s="45">
         <f>IF(E19&gt;0,E19/E24*F24,D19/E24*F24)</f>
         <v>0</v>
       </c>
       <c r="E24" s="46">
         <v>196</v>
       </c>
       <c r="F24" s="47">
         <v>1</v>
       </c>
       <c r="G24" s="48">
         <f>ROUND(((MIN(IF(E19&gt;0,E19,D19),C24)*8.8%+MIN(MAX(IF(E19&gt;0,E19,D19)-C24,0),M18-C24)*10.4%))*F24/E24,2)</f>
         <v>0</v>
       </c>
       <c r="H24" s="49">
         <v>0</v>
       </c>
       <c r="I24" s="96">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J24" s="73">
         <v>0</v>
       </c>
       <c r="L24" s="21"/>
       <c r="M24" s="14"/>
       <c r="N24" s="15"/>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A25" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B25" s="43">
         <v>2020</v>
       </c>
       <c r="C25" s="44">
-        <f>IF(ISNA(VLOOKUP(B25,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B25,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B25,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B25,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>58700</v>
       </c>
       <c r="D25" s="45">
         <f>IF(F19&gt;0,F19/E25*F25,IF(E19&gt;0,E19/E25*F25,D19/E25*F25))</f>
         <v>0</v>
       </c>
       <c r="E25" s="46">
         <v>196</v>
       </c>
       <c r="F25" s="47">
         <v>1</v>
       </c>
       <c r="G25" s="48">
         <f>ROUND(((MIN(IF(F19&gt;0,F19,IF(E19&gt;0,E19,D19)),C25)*8.8%+MIN(MAX(IF(F19&gt;0,F19,IF(E19&gt;0,E19,D19))-C25,0),M18-C25)*10.4%))*F25/E25,2)</f>
         <v>0</v>
       </c>
       <c r="H25" s="49">
         <v>0</v>
       </c>
       <c r="I25" s="96">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J25" s="73">
         <v>0</v>
       </c>
       <c r="L25" s="21"/>
       <c r="M25" s="14"/>
       <c r="N25" s="15"/>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A26" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B26" s="43">
         <v>2021</v>
       </c>
       <c r="C26" s="44">
-        <f>IF(ISNA(VLOOKUP(B26,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B26,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B26,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B26,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>61600</v>
       </c>
       <c r="D26" s="45">
         <f>IF(C26="NOT AVAILABLE",0,G19/E26*F26)</f>
         <v>0</v>
       </c>
       <c r="E26" s="46">
         <v>196</v>
       </c>
       <c r="F26" s="47">
         <v>1</v>
       </c>
       <c r="G26" s="48">
         <f>IF(C26="NOT AVAILABLE",0,ROUND(((MIN(G19,C26)*8.8%+MIN(MAX(G19-C26,0),M19-C26)*10.4%))*F26/E26,2))</f>
         <v>0</v>
       </c>
       <c r="H26" s="49">
         <v>0</v>
       </c>
       <c r="I26" s="96">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J26" s="73">
         <v>0</v>
       </c>
       <c r="L26" s="21"/>
       <c r="M26" s="14"/>
       <c r="N26" s="15"/>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A27" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B27" s="43">
         <v>2021</v>
       </c>
       <c r="C27" s="44">
-        <f>IF(ISNA(VLOOKUP(B27,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B27,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B27,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B27,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>61600</v>
       </c>
       <c r="D27" s="45">
         <f>IF(C27="NOT AVAILABLE",0,IF(H19&gt;0,H19/E27*F27,G19/E27*F27))</f>
         <v>0</v>
       </c>
       <c r="E27" s="46">
         <v>196</v>
       </c>
       <c r="F27" s="47">
         <v>1</v>
       </c>
       <c r="G27" s="48">
         <f>IF(C27="NOT AVAILABLE",0,ROUND(((MIN(IF(H19&gt;0,H19,G19),C27)*8.8%+MIN(MAX(IF(H19&gt;0,H19,G19)-C27,0),M19-C27)*10.4%))*F27/E27,2))</f>
         <v>0</v>
       </c>
       <c r="H27" s="49">
         <v>0</v>
       </c>
       <c r="I27" s="96">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J27" s="73">
         <v>0</v>
       </c>
       <c r="L27" s="21"/>
       <c r="M27" s="14"/>
       <c r="N27" s="15"/>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A28" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B28" s="43">
         <v>2021</v>
       </c>
       <c r="C28" s="44">
-        <f>IF(ISNA(VLOOKUP(B28,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B28,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B28,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B28,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>61600</v>
       </c>
       <c r="D28" s="45">
         <f>IF(C28="NOT AVAILABLE",0,IF(I19&gt;0,I19/E28*F28,IF(H19&gt;0,H19/E28*F28,G19/E28*F28)))</f>
         <v>0</v>
       </c>
       <c r="E28" s="46">
         <v>196</v>
       </c>
       <c r="F28" s="47">
         <v>1</v>
       </c>
       <c r="G28" s="48">
         <f>IF(C28="NOT AVAILABLE",0,ROUND(((MIN(IF(I19&gt;0,I19,IF(H19&gt;0,H19,G19)),C28)*8.8%+MIN(MAX(IF(I19&gt;0,I19,IF(H19&gt;0,H19,G19))-C28,0),M19-C28)*10.4%))*F28/E28,2))</f>
         <v>0</v>
       </c>
       <c r="H28" s="49">
         <v>0</v>
       </c>
       <c r="I28" s="96">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J28" s="73">
         <v>0</v>
@@ -12284,159 +12296,159 @@
       </c>
       <c r="F54" s="40" t="s">
         <v>15</v>
       </c>
       <c r="G54" s="40" t="s">
         <v>16</v>
       </c>
       <c r="H54" s="41" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="75" t="s">
         <v>31</v>
       </c>
       <c r="J54" s="77" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A55" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B55" s="43">
         <v>2020</v>
       </c>
       <c r="C55" s="44">
-        <f>IF(ISNA(VLOOKUP(B55,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B55,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B55,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B55,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>58700</v>
       </c>
       <c r="D55" s="45">
         <f>D51/E55*F55</f>
         <v>204.08163265306123</v>
       </c>
       <c r="E55" s="56">
         <v>196</v>
       </c>
       <c r="F55" s="57">
         <v>0.5</v>
       </c>
       <c r="G55" s="48">
         <f>ROUND(((MIN(D51,C55)*8.8%+MAX(D51-C55,0)*10.4%))*F55/E55,2)</f>
         <v>18.829999999999998</v>
       </c>
       <c r="H55" s="58">
         <v>42</v>
       </c>
       <c r="I55" s="96">
         <f>(G55*H55)</f>
         <v>790.8599999999999</v>
       </c>
       <c r="J55" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A56" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B56" s="43">
         <v>2020</v>
       </c>
       <c r="C56" s="44">
-        <f>IF(ISNA(VLOOKUP(B56,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B56,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B56,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B56,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>58700</v>
       </c>
       <c r="D56" s="45">
         <f>IF(E51&gt;0,E51/E56*F56,D51/E56*F56)</f>
         <v>408.16326530612247</v>
       </c>
       <c r="E56" s="56">
         <v>196</v>
       </c>
       <c r="F56" s="57">
         <v>1</v>
       </c>
       <c r="G56" s="48">
         <f>ROUND(((MIN(D51,C56)*8.8%+MAX(D51-C56,0)*10.4%))*F56/E56,2)</f>
         <v>37.659999999999997</v>
       </c>
       <c r="H56" s="58">
         <v>35</v>
       </c>
       <c r="I56" s="96">
         <f>(G56*H56)</f>
         <v>1318.1</v>
       </c>
       <c r="J56" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A57" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B57" s="43">
         <v>2021</v>
       </c>
       <c r="C57" s="44">
-        <f>IF(ISNA(VLOOKUP(B57,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B57,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B57,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B57,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>61600</v>
       </c>
       <c r="D57" s="45">
         <f>IF(C57="NOT AVAILABLE",0,F51/E57*F57)</f>
         <v>408.16326530612247</v>
       </c>
       <c r="E57" s="56">
         <v>196</v>
       </c>
       <c r="F57" s="57">
         <v>1</v>
       </c>
       <c r="G57" s="48">
         <f>IF(C57="NOT AVAILABLE",0,ROUND(((MIN(F51,C57)*8.8%+MAX(F51-C57,0)*10.4%))*F57/E57,2))</f>
         <v>37.42</v>
       </c>
       <c r="H57" s="58">
         <v>59</v>
       </c>
       <c r="I57" s="96">
         <f>(G57*H57)</f>
         <v>2207.7800000000002</v>
       </c>
       <c r="J57" s="91">
         <v>120</v>
       </c>
     </row>
     <row r="58" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A58" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B58" s="43">
         <v>2021</v>
       </c>
       <c r="C58" s="44">
-        <f>IF(ISNA(VLOOKUP(B58,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B58,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B58,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B58,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>61600</v>
       </c>
       <c r="D58" s="45">
         <f>IF(C58="NOT AVAILABLE",0,IF(G51&gt;0,G51/E58*F58,F51/E58*F58))</f>
         <v>408.16326530612247</v>
       </c>
       <c r="E58" s="56">
         <v>196</v>
       </c>
       <c r="F58" s="57">
         <v>1</v>
       </c>
       <c r="G58" s="48">
         <f>IF(C58="NOT AVAILABLE",0,ROUND(((MIN(G51,C58)*8.8%+MAX(G51-C58,0)*10.4%))*F58/E58,2))</f>
         <v>0</v>
       </c>
       <c r="H58" s="58">
         <v>0</v>
       </c>
       <c r="I58" s="96">
         <f>(G58*H58)</f>
         <v>0</v>
       </c>
       <c r="J58" s="91">
         <v>0</v>
@@ -12682,159 +12694,159 @@
       </c>
       <c r="F76" s="40" t="s">
         <v>15</v>
       </c>
       <c r="G76" s="40" t="s">
         <v>16</v>
       </c>
       <c r="H76" s="41" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="75" t="s">
         <v>31</v>
       </c>
       <c r="J76" s="77" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A77" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B77" s="43">
         <v>2019</v>
       </c>
       <c r="C77" s="44">
-        <f>IF(ISNA(VLOOKUP(B77,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B77,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B77,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B77,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>57400</v>
       </c>
       <c r="D77" s="45">
         <f>D73/E77*F77</f>
         <v>0</v>
       </c>
       <c r="E77" s="56">
         <v>196</v>
       </c>
       <c r="F77" s="57">
         <v>1</v>
       </c>
       <c r="G77" s="48">
         <f>ROUND(((MIN(D73,C77)*8.8%+MAX(D73-C77,0)*10.4%))*F77/E77,2)</f>
         <v>0</v>
       </c>
       <c r="H77" s="58">
         <v>0</v>
       </c>
       <c r="I77" s="96">
         <f>(G77*H77)</f>
         <v>0</v>
       </c>
       <c r="J77" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A78" s="42" t="s">
         <v>19</v>
       </c>
       <c r="B78" s="43">
         <v>2019</v>
       </c>
       <c r="C78" s="44">
-        <f>IF(ISNA(VLOOKUP(B78,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B78,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B78,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B78,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>57400</v>
       </c>
       <c r="D78" s="45">
         <f>IF(E73&gt;0,E73/E78*F78,D73/E78*F78)</f>
         <v>0</v>
       </c>
       <c r="E78" s="56">
         <v>196</v>
       </c>
       <c r="F78" s="57">
         <v>1</v>
       </c>
       <c r="G78" s="48">
         <f>ROUND(((MIN(D73,C78)*8.8%+MAX(D73-C78,0)*10.4%))*F78/E78,2)</f>
         <v>0</v>
       </c>
       <c r="H78" s="58">
         <v>0</v>
       </c>
       <c r="I78" s="96">
         <f>(G78*H78)</f>
         <v>0</v>
       </c>
       <c r="J78" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A79" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B79" s="43">
         <v>2020</v>
       </c>
       <c r="C79" s="44">
-        <f>IF(ISNA(VLOOKUP(B79,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B79,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B79,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B79,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>58700</v>
       </c>
       <c r="D79" s="45">
         <f>IF(C79="NOT AVAILABLE",0,F73/E79*F79)</f>
         <v>408.16326530612247</v>
       </c>
       <c r="E79" s="56">
         <v>196</v>
       </c>
       <c r="F79" s="57">
         <v>1</v>
       </c>
       <c r="G79" s="48">
         <f>IF(C79="NOT AVAILABLE",0,ROUND(((MIN(F73,C79)*8.8%+MAX(F73-C79,0)*10.4%))*F79/E79,2))</f>
         <v>37.659999999999997</v>
       </c>
       <c r="H79" s="58">
         <v>39</v>
       </c>
       <c r="I79" s="96">
         <f>(G79*H79)</f>
         <v>1468.7399999999998</v>
       </c>
       <c r="J79" s="91">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A80" s="42" t="s">
         <v>20</v>
       </c>
       <c r="B80" s="43">
         <v>2020</v>
       </c>
       <c r="C80" s="44">
-        <f>IF(ISNA(VLOOKUP(B80,TABLES!$B$4:$D$30,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B80,TABLES!$B$4:$D$30,2,FALSE))</f>
+        <f>IF(ISNA(VLOOKUP(B80,TABLES!$B$4:$D$31,2,FALSE)),"NOT AVAILABLE",VLOOKUP(B80,TABLES!$B$4:$D$31,2,FALSE))</f>
         <v>58700</v>
       </c>
       <c r="D80" s="45">
         <f>IF(C80="NOT AVAILABLE",0,IF(G73&gt;0,G73/E80*F80,F73/E80*F80))</f>
         <v>420.91836734693879</v>
       </c>
       <c r="E80" s="56">
         <v>196</v>
       </c>
       <c r="F80" s="57">
         <v>1</v>
       </c>
       <c r="G80" s="48">
         <f>IF(C80="NOT AVAILABLE",0,ROUND(((MIN(G73,C80)*8.8%+MAX(G73-C80,0)*10.4%))*F80/E80,2))</f>
         <v>38.979999999999997</v>
       </c>
       <c r="H80" s="58">
         <v>60</v>
       </c>
       <c r="I80" s="96">
         <f>(G80*H80)</f>
         <v>2338.7999999999997</v>
       </c>
       <c r="J80" s="91">
         <v>0</v>
@@ -12876,55 +12888,55 @@
       <c r="F83" s="54"/>
       <c r="G83" s="54"/>
       <c r="H83" s="59"/>
       <c r="I83" s="60"/>
       <c r="J83" s="54"/>
     </row>
   </sheetData>
   <sheetProtection password="DB65" sheet="1"/>
   <mergeCells count="2">
     <mergeCell ref="L16:N16"/>
     <mergeCell ref="L17:N17"/>
   </mergeCells>
   <pageMargins left="0.35" right="0.35" top="1.0249999999999999" bottom="1.0249999999999999" header="0.78749999999999998" footer="0.78749999999999998"/>
   <pageSetup scale="74" fitToHeight="4" orientation="landscape" useFirstPageNumber="1" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;CPage &amp;P</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="38" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C070BE83-89B2-4C73-8EE5-B2130D21A64B}">
-  <dimension ref="A1:D26"/>
+  <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft"/>
+      <selection pane="bottomLeft" activeCell="H28" sqref="H28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="3.77734375" style="2" customWidth="1"/>
     <col min="2" max="2" width="6.77734375" style="2" customWidth="1"/>
     <col min="3" max="4" width="12.44140625" style="2" customWidth="1"/>
     <col min="5" max="16384" width="8.77734375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.3">
       <c r="B3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>46</v>
       </c>
@@ -13097,71 +13109,82 @@
       </c>
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.3">
       <c r="B21" s="4">
         <v>2024</v>
       </c>
       <c r="C21" s="5">
         <v>68500</v>
       </c>
       <c r="D21" s="5">
         <v>201050</v>
       </c>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.3">
       <c r="B22" s="4">
         <v>2025</v>
       </c>
       <c r="C22" s="5">
         <v>71300</v>
       </c>
       <c r="D22" s="5">
         <v>209223</v>
       </c>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.3">
-      <c r="B23" s="4"/>
-[...1 lines deleted...]
-      <c r="D23" s="5"/>
+      <c r="B23" s="4">
+        <v>2026</v>
+      </c>
+      <c r="C23" s="5">
+        <v>74600</v>
+      </c>
+      <c r="D23" s="5">
+        <v>218991</v>
+      </c>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.3">
       <c r="B24" s="4"/>
       <c r="C24" s="5"/>
       <c r="D24" s="5"/>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.3">
       <c r="B25" s="4"/>
       <c r="C25" s="5"/>
       <c r="D25" s="5"/>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.3">
       <c r="B26" s="4"/>
       <c r="C26" s="5"/>
       <c r="D26" s="5"/>
     </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.3">
+      <c r="B27" s="4"/>
+      <c r="C27" s="5"/>
+      <c r="D27" s="5"/>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="AH9gC2unNHtvj43k+m4NzHL3/bmNsDFX9TcgPb5rpJMCrfFuVHkH9Qg/RMWChFmqrpT/Z19k9OYVHT5LgdJjEQ==" saltValue="4zVwXVE+4Hatt6S/DqIojA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="cPdWm0mrmJCWsQnf6ZQ8OepojSaEhqhCXRzMB+sHxeCR/drGnef/p1BneJJ3tT3f53cPyD4B4L5qg31/Y1ualg==" saltValue="w48vR70dGKovX30VLDLseQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>