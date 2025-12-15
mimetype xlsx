--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -3,119 +3,119 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Common-MS\TRAF Calculators\PA Calculator\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B6A02FD0-D68E-487E-8498-A351017E2238}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="ROUPcO5Y2Ehs1MUxkjUIGo8Cc7muZWw2XzxBL0NPUoAOvj4ovKZSrIg3Pj1WAG9zged41d4Gq3v5FJbnAPXE4g==" workbookSaltValue="mqcJIRgpCsmeuI+UvwMsOw==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DB83E92F-35D2-41E2-8AE3-AEBAA613AC28}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="1twi44/81aSIKikkM9ZIGVXm9L6vEg6iHwn6azECxhg6kxstDJ3+HwvSU6SyLKaOT+CzjSsH91nqLiZff1W5Bw==" workbookSaltValue="00bo1ItINzbVcvxxdFqWpA==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C1B09F2D-6D95-48F3-8A20-C9E5F0F2F5B7}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C1B09F2D-6D95-48F3-8A20-C9E5F0F2F5B7}"/>
   </bookViews>
   <sheets>
     <sheet name="PA Calculator" sheetId="1" r:id="rId1"/>
     <sheet name="YMPE" sheetId="3" r:id="rId2"/>
     <sheet name="PAMax" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_C">#REF!</definedName>
     <definedName name="_D">#REF!</definedName>
     <definedName name="_E">#REF!</definedName>
     <definedName name="_I">#REF!</definedName>
     <definedName name="_N">#REF!</definedName>
     <definedName name="_P">#REF!</definedName>
     <definedName name="_R">#REF!</definedName>
     <definedName name="cont" localSheetId="0">'PA Calculator'!$M$49</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'PA Calculator'!$A$1:$L$52</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'PA Calculator'!$A$1:$L$47</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="I37" i="1" l="1"/>
   <c r="I33" i="1"/>
   <c r="I28" i="1"/>
-  <c r="I31" i="1" s="1"/>
   <c r="K19" i="1"/>
-  <c r="K24" i="1"/>
+  <c r="K24" i="1" s="1"/>
   <c r="J19" i="1"/>
-  <c r="J24" i="1"/>
   <c r="K23" i="1"/>
   <c r="K22" i="1"/>
   <c r="K21" i="1"/>
   <c r="K20" i="1"/>
   <c r="F24" i="1"/>
+  <c r="I27" i="1" s="1"/>
   <c r="J20" i="1"/>
+  <c r="J24" i="1" s="1"/>
   <c r="J21" i="1"/>
   <c r="J22" i="1"/>
   <c r="J23" i="1"/>
   <c r="B24" i="1"/>
   <c r="E24" i="1"/>
   <c r="I24" i="1"/>
-  <c r="I27" i="1"/>
-  <c r="I29" i="1" l="1"/>
+  <c r="I31" i="1" l="1"/>
+  <c r="I29" i="1"/>
   <c r="I30" i="1" s="1"/>
   <c r="I32" i="1" s="1"/>
   <c r="J35" i="1" l="1"/>
   <c r="I35" i="1"/>
   <c r="I36" i="1" s="1"/>
   <c r="I38" i="1" s="1"/>
   <c r="I39" i="1" s="1"/>
   <c r="I40" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="33">
   <si>
     <t>NAME</t>
   </si>
   <si>
     <t>School</t>
   </si>
   <si>
     <t>Actual</t>
   </si>
   <si>
     <t>Percentage</t>
   </si>
@@ -570,96 +570,96 @@
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="3" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="168" fontId="3" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="10" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="3" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="4" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
@@ -722,51 +722,51 @@
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>320040</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>7</xdr:row>
-      <xdr:rowOff>97155</xdr:rowOff>
+      <xdr:rowOff>93345</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1075" name="Picture 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E83A5B3-4583-2E59-2C97-2EA9094236C4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -1153,126 +1153,126 @@
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F0129402-A31C-4B9E-BE79-0034A5F57341}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M87"/>
+  <dimension ref="A1:M88"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="13.8" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="2.77734375" style="3" customWidth="1"/>
     <col min="2" max="2" width="14" style="10" customWidth="1"/>
     <col min="3" max="3" width="3" style="10" customWidth="1"/>
     <col min="4" max="4" width="10.77734375" style="12" customWidth="1"/>
     <col min="5" max="5" width="11.21875" style="10" customWidth="1"/>
     <col min="6" max="6" width="8" style="10" customWidth="1"/>
     <col min="7" max="7" width="2.21875" style="10" customWidth="1"/>
     <col min="8" max="8" width="12.5546875" style="10" customWidth="1"/>
     <col min="9" max="9" width="13.44140625" style="10" customWidth="1"/>
     <col min="10" max="10" width="12.44140625" style="10" customWidth="1"/>
     <col min="11" max="11" width="10.5546875" style="10" customWidth="1"/>
     <col min="12" max="12" width="3" style="3" customWidth="1"/>
     <col min="13" max="16384" width="9" style="3" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:11" x14ac:dyDescent="0.3"/>
     <row r="2" spans="2:11" x14ac:dyDescent="0.3"/>
     <row r="3" spans="2:11" x14ac:dyDescent="0.3"/>
     <row r="4" spans="2:11" x14ac:dyDescent="0.3"/>
     <row r="5" spans="2:11" x14ac:dyDescent="0.3"/>
     <row r="6" spans="2:11" x14ac:dyDescent="0.3"/>
     <row r="7" spans="2:11" x14ac:dyDescent="0.3"/>
     <row r="8" spans="2:11" x14ac:dyDescent="0.3"/>
     <row r="9" spans="2:11" ht="25.8" x14ac:dyDescent="0.5">
-      <c r="B9" s="51" t="s">
+      <c r="B9" s="53" t="s">
         <v>23</v>
       </c>
-      <c r="C9" s="51"/>
-[...7 lines deleted...]
-      <c r="K9" s="51"/>
+      <c r="C9" s="53"/>
+      <c r="D9" s="53"/>
+      <c r="E9" s="53"/>
+      <c r="F9" s="53"/>
+      <c r="G9" s="53"/>
+      <c r="H9" s="53"/>
+      <c r="I9" s="53"/>
+      <c r="J9" s="53"/>
+      <c r="K9" s="53"/>
     </row>
     <row r="10" spans="2:11" x14ac:dyDescent="0.3"/>
     <row r="11" spans="2:11" x14ac:dyDescent="0.3"/>
     <row r="12" spans="2:11" x14ac:dyDescent="0.3"/>
     <row r="13" spans="2:11" x14ac:dyDescent="0.3">
       <c r="B13" s="33">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C13" s="49"/>
       <c r="H13" s="10" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="14" spans="2:11" x14ac:dyDescent="0.3">
       <c r="B14" s="10" t="s">
         <v>31</v>
       </c>
       <c r="D14" s="14" t="s">
         <v>0</v>
       </c>
       <c r="H14" s="57"/>
       <c r="I14" s="58"/>
       <c r="J14" s="58"/>
       <c r="K14" s="59"/>
     </row>
     <row r="15" spans="2:11" x14ac:dyDescent="0.3">
       <c r="B15" s="13"/>
       <c r="C15" s="14"/>
-      <c r="D15" s="52"/>
-[...2 lines deleted...]
-      <c r="G15" s="63"/>
+      <c r="D15" s="54"/>
+      <c r="E15" s="55"/>
+      <c r="F15" s="56"/>
+      <c r="G15" s="50"/>
       <c r="H15" s="60"/>
       <c r="I15" s="61"/>
       <c r="J15" s="61"/>
       <c r="K15" s="62"/>
     </row>
     <row r="16" spans="2:11" x14ac:dyDescent="0.3"/>
     <row r="17" spans="2:11" x14ac:dyDescent="0.3">
       <c r="D17" s="14" t="s">
         <v>1</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>2</v>
       </c>
       <c r="F17" s="15" t="s">
         <v>2</v>
       </c>
       <c r="G17" s="15"/>
       <c r="I17" s="15" t="s">
         <v>3</v>
       </c>
       <c r="J17" s="15" t="s">
         <v>4</v>
       </c>
       <c r="K17" s="15" t="s">
         <v>4</v>
@@ -1430,273 +1430,273 @@
       </c>
     </row>
     <row r="25" spans="2:11" x14ac:dyDescent="0.3">
       <c r="D25" s="14" t="s">
         <v>9</v>
       </c>
       <c r="E25" s="48">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:11" x14ac:dyDescent="0.3"/>
     <row r="27" spans="2:11" x14ac:dyDescent="0.3">
       <c r="D27" s="14" t="s">
         <v>10</v>
       </c>
       <c r="I27" s="10">
         <f>IF(F24&gt;1,E24,IF(K24&gt;1,ROUND(E24/F24,2),IF(K24=0.4,IF(B24=12,ROUND(J24*3,2),ROUND(J24/K24,2)),IF(K24=0.6,IF(B24=12,ROUND(J24*1.5,2),ROUND(J24/K24,2)),ROUND(J24/K24,2)))))</f>
         <v>80000</v>
       </c>
     </row>
     <row r="28" spans="2:11" x14ac:dyDescent="0.3">
       <c r="D28" s="14" t="s">
         <v>11</v>
       </c>
       <c r="I28" s="10">
-        <f>VLOOKUP($B$13,YMPE!$A$2:$D$130,2,0)</f>
-        <v>71300</v>
+        <f>VLOOKUP($B$13,YMPE!$A$2:$D$131,2,0)</f>
+        <v>74600</v>
       </c>
     </row>
     <row r="29" spans="2:11" x14ac:dyDescent="0.3">
       <c r="D29" s="14" t="s">
         <v>12</v>
       </c>
       <c r="I29" s="10">
         <f>IF(I27&lt;I28,0,I27-I28)</f>
-        <v>8700</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="30" spans="2:11" x14ac:dyDescent="0.3">
       <c r="D30" s="14" t="s">
         <v>13</v>
       </c>
       <c r="I30" s="10">
         <f>I29*0.02</f>
-        <v>174</v>
+        <v>108</v>
       </c>
     </row>
     <row r="31" spans="2:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D31" s="14" t="s">
         <v>14</v>
       </c>
       <c r="I31" s="10">
         <f>IF(I27&lt;I28,I27*0.014,ROUND(I28*0.014,2))</f>
-        <v>998.2</v>
+        <v>1044.4000000000001</v>
       </c>
     </row>
     <row r="32" spans="2:11" hidden="1" x14ac:dyDescent="0.3">
       <c r="I32" s="10">
         <f>+I30+I31</f>
-        <v>1172.2</v>
+        <v>1152.4000000000001</v>
       </c>
     </row>
     <row r="33" spans="2:11" hidden="1" x14ac:dyDescent="0.3">
       <c r="D33" s="12" t="s">
         <v>25</v>
       </c>
       <c r="I33" s="10">
-        <f>VLOOKUP($B$13,PAMax!$A$2:$D$130,2,0)</f>
-        <v>3756.67</v>
+        <f>VLOOKUP($B$13,PAMax!$A$2:$D$131,2,0)</f>
+        <v>3932.22</v>
       </c>
     </row>
     <row r="35" spans="2:11" x14ac:dyDescent="0.3">
       <c r="D35" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I35" s="10">
         <f>IF(I32&lt;I33,I32,I33)</f>
-        <v>1172.2</v>
+        <v>1152.4000000000001</v>
       </c>
       <c r="J35" s="12" t="str">
         <f>IF(I32&lt;I33,"","Maximum")</f>
         <v/>
       </c>
     </row>
     <row r="36" spans="2:11" x14ac:dyDescent="0.3">
       <c r="D36" s="14" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="10">
         <f>ROUND(9*I35,2)</f>
-        <v>10549.8</v>
+        <v>10371.6</v>
       </c>
     </row>
     <row r="37" spans="2:11" x14ac:dyDescent="0.3">
       <c r="D37" s="14" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="10">
         <f>IF(B13&gt;1996,600,1000)</f>
         <v>600</v>
       </c>
     </row>
     <row r="38" spans="2:11" x14ac:dyDescent="0.3">
       <c r="D38" s="14" t="s">
         <v>29</v>
       </c>
       <c r="I38" s="10">
         <f>I36-I37</f>
-        <v>9949.7999999999993</v>
+        <v>9771.6</v>
       </c>
     </row>
     <row r="39" spans="2:11" x14ac:dyDescent="0.3">
       <c r="D39" s="14" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="10">
         <f>IF(F24&gt;1,I38,IF(K24=0.4,IF(B24=12,ROUND(I38/3*I24,2),ROUND(I38*F24,2)),IF(K24=0.6,IF(B24=12,ROUND(I38/1.5*I24,2),ROUND(I38*F24,2)),ROUND(I38*F24,2))))</f>
-        <v>9949.7999999999993</v>
+        <v>9771.6</v>
       </c>
       <c r="J39" s="3"/>
     </row>
     <row r="40" spans="2:11" x14ac:dyDescent="0.3">
       <c r="D40" s="31" t="s">
         <v>24</v>
       </c>
       <c r="E40" s="27"/>
       <c r="F40" s="27"/>
       <c r="G40" s="27"/>
       <c r="H40" s="27"/>
       <c r="I40" s="32">
         <f>ROUND(I39+E25,0)</f>
-        <v>9950</v>
+        <v>9772</v>
       </c>
       <c r="J40" s="26"/>
     </row>
     <row r="41" spans="2:11" x14ac:dyDescent="0.3">
       <c r="B41" s="14"/>
       <c r="C41" s="14"/>
       <c r="D41" s="14"/>
       <c r="E41" s="14"/>
       <c r="F41" s="14"/>
       <c r="G41" s="14"/>
       <c r="H41" s="14"/>
       <c r="I41" s="14"/>
       <c r="J41" s="14"/>
       <c r="K41" s="14"/>
     </row>
     <row r="42" spans="2:11" ht="18" x14ac:dyDescent="0.35">
-      <c r="B42" s="50"/>
-[...8 lines deleted...]
-      <c r="K42" s="50"/>
+      <c r="B42" s="52"/>
+      <c r="C42" s="52"/>
+      <c r="D42" s="52"/>
+      <c r="E42" s="52"/>
+      <c r="F42" s="52"/>
+      <c r="G42" s="52"/>
+      <c r="H42" s="52"/>
+      <c r="I42" s="52"/>
+      <c r="J42" s="52"/>
+      <c r="K42" s="52"/>
     </row>
     <row r="43" spans="2:11" x14ac:dyDescent="0.3">
       <c r="B43" s="27" t="s">
         <v>22</v>
       </c>
       <c r="D43" s="28"/>
       <c r="E43" s="29"/>
       <c r="F43" s="28"/>
       <c r="G43" s="28"/>
       <c r="H43" s="28"/>
       <c r="I43" s="29"/>
       <c r="J43" s="29"/>
       <c r="K43" s="29"/>
     </row>
-    <row r="44" spans="2:11" x14ac:dyDescent="0.25">
-      <c r="B44" s="55" t="s">
+    <row r="44" spans="2:11" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B44" s="63" t="s">
         <v>27</v>
       </c>
-      <c r="C44" s="56"/>
-[...7 lines deleted...]
-      <c r="K44" s="56"/>
+      <c r="C44" s="63"/>
+      <c r="D44" s="63"/>
+      <c r="E44" s="63"/>
+      <c r="F44" s="63"/>
+      <c r="G44" s="63"/>
+      <c r="H44" s="63"/>
+      <c r="I44" s="63"/>
+      <c r="J44" s="63"/>
+      <c r="K44" s="63"/>
     </row>
     <row r="45" spans="2:11" x14ac:dyDescent="0.25">
-      <c r="B45" s="56"/>
-[...8 lines deleted...]
-      <c r="K45" s="56"/>
+      <c r="B45" s="63"/>
+      <c r="C45" s="63"/>
+      <c r="D45" s="63"/>
+      <c r="E45" s="63"/>
+      <c r="F45" s="63"/>
+      <c r="G45" s="63"/>
+      <c r="H45" s="63"/>
+      <c r="I45" s="63"/>
+      <c r="J45" s="63"/>
+      <c r="K45" s="63"/>
     </row>
     <row r="46" spans="2:11" x14ac:dyDescent="0.25">
-      <c r="B46" s="56"/>
-[...8 lines deleted...]
-      <c r="K46" s="56"/>
+      <c r="B46" s="63"/>
+      <c r="C46" s="63"/>
+      <c r="D46" s="63"/>
+      <c r="E46" s="63"/>
+      <c r="F46" s="63"/>
+      <c r="G46" s="63"/>
+      <c r="H46" s="63"/>
+      <c r="I46" s="63"/>
+      <c r="J46" s="63"/>
+      <c r="K46" s="63"/>
     </row>
     <row r="47" spans="2:11" x14ac:dyDescent="0.25">
-      <c r="B47" s="56"/>
-[...22 lines deleted...]
-    <row r="49" spans="2:13" ht="31.2" x14ac:dyDescent="0.25">
+      <c r="B47" s="63"/>
+      <c r="C47" s="63"/>
+      <c r="D47" s="63"/>
+      <c r="E47" s="63"/>
+      <c r="F47" s="63"/>
+      <c r="G47" s="63"/>
+      <c r="H47" s="63"/>
+      <c r="I47" s="63"/>
+      <c r="J47" s="63"/>
+      <c r="K47" s="63"/>
+    </row>
+    <row r="48" spans="2:11" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B48" s="51"/>
+      <c r="C48" s="51"/>
+      <c r="D48" s="51"/>
+      <c r="E48" s="51"/>
+      <c r="F48" s="51"/>
+      <c r="G48" s="51"/>
+      <c r="H48" s="51"/>
+      <c r="I48" s="51"/>
+      <c r="J48" s="51"/>
+      <c r="K48" s="51"/>
+    </row>
+    <row r="49" spans="2:13" ht="31.2" hidden="1" x14ac:dyDescent="0.25">
       <c r="B49" s="3"/>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="M49" s="30"/>
     </row>
-    <row r="50" spans="2:13" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="B50" s="3"/>
       <c r="C50" s="3"/>
       <c r="D50" s="3"/>
       <c r="E50" s="3"/>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
       <c r="H50" s="3"/>
       <c r="I50" s="3"/>
       <c r="J50" s="3"/>
       <c r="K50" s="3"/>
     </row>
     <row r="51" spans="2:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="B51" s="3"/>
       <c r="C51" s="3"/>
       <c r="D51" s="3"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="J51" s="3"/>
       <c r="K51" s="3"/>
     </row>
     <row r="52" spans="2:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="B52" s="3">
@@ -1865,79 +1865,84 @@
     <row r="83" spans="2:2" hidden="1" x14ac:dyDescent="0.3">
       <c r="B83" s="3">
         <v>2021</v>
       </c>
     </row>
     <row r="84" spans="2:2" hidden="1" x14ac:dyDescent="0.3">
       <c r="B84" s="3">
         <v>2022</v>
       </c>
     </row>
     <row r="85" spans="2:2" hidden="1" x14ac:dyDescent="0.3">
       <c r="B85" s="3">
         <v>2023</v>
       </c>
     </row>
     <row r="86" spans="2:2" hidden="1" x14ac:dyDescent="0.3">
       <c r="B86" s="3">
         <v>2024</v>
       </c>
     </row>
     <row r="87" spans="2:2" hidden="1" x14ac:dyDescent="0.3">
       <c r="B87" s="3">
         <v>2025</v>
       </c>
     </row>
+    <row r="88" spans="2:2" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B88" s="3">
+        <v>2026</v>
+      </c>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="YrfYeo7XLBzo2GM70bolzIE/5PDprH05tlD+acc6GJOk8ItjDqhTHb/ZES9u86qL+0CvpoGhpulrW13A/6JZ4Q==" saltValue="u+ZdEdT+pWO3ibJqK7sOWA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="GR+tWkL3Nn7CKLgX/wJyKGyubIZpab4Qjqg8X6dU6eCPiPrq5Kf+jaixRf9izROXdiANdAY5X4jfyplblNzZXg==" saltValue="eFjeecqMgK2HSGpcUQ/B6g==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="5">
     <mergeCell ref="B42:K42"/>
     <mergeCell ref="B9:K9"/>
     <mergeCell ref="D15:F15"/>
-    <mergeCell ref="B44:K48"/>
     <mergeCell ref="H14:K15"/>
+    <mergeCell ref="B44:K47"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B13" xr:uid="{CF7A25DC-D317-4B30-9612-20AE8A41ACBA}">
-      <formula1>$B$52:$B$100</formula1>
+      <formula1>$B$52:$B$101</formula1>
     </dataValidation>
   </dataValidations>
-  <pageMargins left="0.78749999999999998" right="0.78749999999999998" top="0.78749999999999998" bottom="0.78749999999999998" header="0.51180555555555551" footer="0.51180555555555551"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="88" orientation="portrait" useFirstPageNumber="1" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EFEEEE98-696B-4A1E-8847-0CFC3DADF955}">
-  <dimension ref="A1:E37"/>
+  <dimension ref="A1:E38"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B37" sqref="B37"/>
+      <pane ySplit="1" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10" style="10" customWidth="1"/>
     <col min="2" max="4" width="11.21875" style="10" customWidth="1"/>
     <col min="5" max="5" width="11.21875" style="3" customWidth="1"/>
     <col min="6" max="16384" width="9" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>30</v>
@@ -2409,66 +2414,79 @@
       <c r="A36" s="9">
         <v>2024</v>
       </c>
       <c r="B36" s="5">
         <v>68500</v>
       </c>
       <c r="C36" s="5"/>
       <c r="D36" s="5"/>
       <c r="E36" s="8">
         <v>3610</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A37" s="9">
         <v>2025</v>
       </c>
       <c r="B37" s="5">
         <v>71300</v>
       </c>
       <c r="C37" s="5"/>
       <c r="D37" s="5"/>
       <c r="E37" s="8">
         <v>3756.67</v>
       </c>
     </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A38" s="9">
+        <v>2026</v>
+      </c>
+      <c r="B38" s="5">
+        <v>74600</v>
+      </c>
+      <c r="C38" s="5"/>
+      <c r="D38" s="5"/>
+      <c r="E38" s="8">
+        <v>3932.22</v>
+      </c>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="3trqiuijyLLmnYSA5gESj0Kbe/QvPEOvCDdouPU7jv0Uh8Jr/RlgVK10P0dN8ggaU6rNIKY2UJwe7Hk/IBcz2w==" saltValue="etLGpBvONf24ARUmuEKmVw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="7yeKNfwrVq7tOAcVehecxAjI8ZbuuR3LAG95XIjr9A0y6tJ468aDWtVW+gqY1jqXWj69CKsBfdh43SeKHDMjjQ==" saltValue="toO8SRW9JX3QCKdZH5j+bA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.78749999999999998" right="0.78749999999999998" top="0.78749999999999998" bottom="0.78749999999999998" header="0.51180555555555551" footer="0.51180555555555551"/>
   <pageSetup orientation="portrait" useFirstPageNumber="1" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F72674EB-5926-4ED4-B682-2E8A50791F7F}">
-  <dimension ref="A1:D37"/>
+  <dimension ref="A1:D38"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D5" sqref="D5"/>
+      <pane ySplit="1" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10" style="10" customWidth="1"/>
     <col min="2" max="4" width="11.21875" style="10" customWidth="1"/>
     <col min="5" max="16384" width="9" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A2" s="11">
@@ -2828,52 +2846,62 @@
         <v>3506.67</v>
       </c>
       <c r="C35" s="5"/>
       <c r="D35" s="5"/>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A36" s="9">
         <v>2024</v>
       </c>
       <c r="B36" s="8">
         <v>3610</v>
       </c>
       <c r="C36" s="5"/>
       <c r="D36" s="5"/>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A37" s="9">
         <v>2025</v>
       </c>
       <c r="B37" s="8">
         <v>3756.67</v>
       </c>
       <c r="C37" s="5"/>
       <c r="D37" s="5"/>
     </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A38" s="9">
+        <v>2026</v>
+      </c>
+      <c r="B38" s="8">
+        <v>3932.22</v>
+      </c>
+      <c r="C38" s="5"/>
+      <c r="D38" s="5"/>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="XCHN+8Y6adNVE+mLK8E2X75Qupq41XVfeNAFIBQ2bVSxTsxatCNt8+b8T02o/FSmeXUT6evpwXcqjHRpRJ7OHQ==" saltValue="+6S2YhjkjBjql7l3OJWJ0w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="mqplcECsjLx5UFm8FWGPRZ6BGhqqLA0siMdKnwHtWLvoNHbA4bc5GfkVdJMJmi3uj8aaKRp+nUNirDVdf5DXOw==" saltValue="OaOBuEm97lDtiMaiRUWLCg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>