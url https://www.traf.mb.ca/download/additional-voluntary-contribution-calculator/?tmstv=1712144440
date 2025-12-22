--- v0 (2025-11-02)
+++ v1 (2025-12-22)
@@ -17,110 +17,113 @@
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Common-MS\TRAF Calculators\AVC Calculator\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{528680EC-8834-44EF-814B-CBECEBA45B87}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="1nCTw+JTOsAyRaSG+aCTUPI4iwyhJQf8Q25mYHGiM31UtLRdyWVCDmPt4wQplbs2IkI//k9RV5DVvxrA94j0ng==" workbookSaltValue="HY/2Dj0pzy0f+Y0WFNCn3w==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F8E03891-63F3-45E6-AF8B-99EF7D6D78F7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="ySSvxpftkr7IPm4oE7aoWxvLh0wMlgatN0y1zO9Ma+78+o/joUu6Z8zPYa/q1TtfF1FIiB7N1neQpLxr/r9dog==" workbookSaltValue="ie0oUG0VSJA6lHRAXuwsXg==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C9D61602-B3AE-4187-B351-E9A76F2837F6}"/>
   </bookViews>
   <sheets>
     <sheet name="AVC Calculator" sheetId="6" r:id="rId1"/>
     <sheet name="Application Form" sheetId="8" r:id="rId2"/>
     <sheet name="AVC Facts" sheetId="9" r:id="rId3"/>
     <sheet name="PA Calculator" sheetId="1" r:id="rId4"/>
     <sheet name="MPL CALC" sheetId="10" r:id="rId5"/>
     <sheet name="YMPE" sheetId="3" state="hidden" r:id="rId6"/>
     <sheet name="PAMax" sheetId="4" state="hidden" r:id="rId7"/>
     <sheet name="MPL" sheetId="7" state="hidden" r:id="rId8"/>
     <sheet name="B" sheetId="2" state="hidden" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_C">B!$C$2:$C$2</definedName>
     <definedName name="_D">B!$D$2:$D$2</definedName>
     <definedName name="_E">B!$E$2:$E$2</definedName>
     <definedName name="_I">B!$I$2:$I$2</definedName>
     <definedName name="_N">B!$N$2:$N$2</definedName>
     <definedName name="_P">B!$P$2:$P$2</definedName>
     <definedName name="_R">B!$R$2:$R$2</definedName>
     <definedName name="cont" localSheetId="3">'PA Calculator'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Application Form'!$A$1:$M$180</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'AVC Calculator'!$A$1:$J$37</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'AVC Calculator'!$A$1:$I$42</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'AVC Facts'!$A$1:$D$40</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="7">MPL!$A$1:$F$43</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'MPL CALC'!$A$1:$I$38</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'PA Calculator'!$A$1:$V$39</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="6">PAMax!$A$1:$I$45</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="5">YMPE!$A$1:$G$44</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="I16" i="1" l="1"/>
   <c r="F14" i="1" l="1"/>
-  <c r="G14" i="1"/>
-  <c r="I16" i="1"/>
+  <c r="G14" i="1" s="1"/>
   <c r="L25" i="8"/>
   <c r="B2" i="7"/>
   <c r="B3" i="7"/>
   <c r="B4" i="7"/>
   <c r="B5" i="7"/>
   <c r="B6" i="7"/>
   <c r="B7" i="7"/>
   <c r="B8" i="7"/>
   <c r="B9" i="7"/>
   <c r="B10" i="7"/>
   <c r="B11" i="7"/>
   <c r="B12" i="7"/>
   <c r="B13" i="7"/>
   <c r="B14" i="7"/>
   <c r="B15" i="7"/>
   <c r="B16" i="7"/>
   <c r="B17" i="7"/>
   <c r="B18" i="7"/>
   <c r="B19" i="7"/>
   <c r="B20" i="7"/>
   <c r="B21" i="7"/>
   <c r="B22" i="7"/>
   <c r="B23" i="7"/>
   <c r="B25" i="7"/>
   <c r="B26" i="7"/>
@@ -171,154 +174,154 @@
   <c r="V12" i="1"/>
   <c r="V13" i="1"/>
   <c r="V14" i="1"/>
   <c r="V15" i="1"/>
   <c r="V16" i="1"/>
   <c r="V17" i="1"/>
   <c r="V18" i="1"/>
   <c r="V19" i="1"/>
   <c r="V20" i="1"/>
   <c r="H15" i="1"/>
   <c r="I15" i="1"/>
   <c r="H16" i="1"/>
   <c r="H17" i="1"/>
   <c r="I17" i="1"/>
   <c r="H18" i="1"/>
   <c r="I18" i="1"/>
   <c r="U25" i="8"/>
   <c r="Q35" i="8"/>
   <c r="Q38" i="8"/>
   <c r="Q40" i="8"/>
   <c r="Q42" i="8"/>
   <c r="Q44" i="8"/>
   <c r="Q46" i="8"/>
   <c r="Q48" i="8"/>
   <c r="C275" i="8"/>
-  <c r="C276" i="8"/>
-[...29 lines deleted...]
-  <c r="C306" i="8"/>
+  <c r="C276" i="8" s="1"/>
+  <c r="C277" i="8" s="1"/>
+  <c r="C278" i="8" s="1"/>
+  <c r="C279" i="8" s="1"/>
+  <c r="C280" i="8" s="1"/>
+  <c r="C281" i="8" s="1"/>
+  <c r="C282" i="8" s="1"/>
+  <c r="C283" i="8" s="1"/>
+  <c r="C284" i="8" s="1"/>
+  <c r="C285" i="8" s="1"/>
+  <c r="C286" i="8" s="1"/>
+  <c r="C287" i="8" s="1"/>
+  <c r="C288" i="8" s="1"/>
+  <c r="C289" i="8" s="1"/>
+  <c r="C290" i="8" s="1"/>
+  <c r="C291" i="8" s="1"/>
+  <c r="C292" i="8" s="1"/>
+  <c r="C293" i="8" s="1"/>
+  <c r="C294" i="8" s="1"/>
+  <c r="C295" i="8" s="1"/>
+  <c r="C296" i="8" s="1"/>
+  <c r="C297" i="8" s="1"/>
+  <c r="C298" i="8" s="1"/>
+  <c r="C299" i="8" s="1"/>
+  <c r="C300" i="8" s="1"/>
+  <c r="C301" i="8" s="1"/>
+  <c r="C302" i="8" s="1"/>
+  <c r="C303" i="8" s="1"/>
+  <c r="C304" i="8" s="1"/>
+  <c r="C305" i="8" s="1"/>
+  <c r="C306" i="8" s="1"/>
   <c r="H10" i="6"/>
   <c r="C4" i="8" s="1"/>
   <c r="H19" i="6"/>
   <c r="E14" i="1" s="1"/>
   <c r="E19" i="1" s="1"/>
   <c r="H23" i="6"/>
   <c r="H24" i="6"/>
   <c r="B132" i="6"/>
   <c r="B133" i="6" s="1"/>
   <c r="B134" i="6" s="1"/>
   <c r="B135" i="6" s="1"/>
   <c r="B136" i="6" s="1"/>
   <c r="B137" i="6" s="1"/>
   <c r="B138" i="6" s="1"/>
   <c r="B139" i="6" s="1"/>
   <c r="B140" i="6" s="1"/>
   <c r="B141" i="6" s="1"/>
   <c r="B142" i="6" s="1"/>
   <c r="B143" i="6" s="1"/>
   <c r="B144" i="6" s="1"/>
   <c r="B145" i="6" s="1"/>
   <c r="B146" i="6" s="1"/>
   <c r="B147" i="6" s="1"/>
   <c r="B148" i="6" s="1"/>
   <c r="B149" i="6" s="1"/>
   <c r="B150" i="6" s="1"/>
   <c r="B151" i="6" s="1"/>
   <c r="B152" i="6" s="1"/>
   <c r="B153" i="6" s="1"/>
   <c r="B154" i="6" s="1"/>
   <c r="B155" i="6" s="1"/>
   <c r="B156" i="6" s="1"/>
   <c r="B157" i="6" s="1"/>
   <c r="B158" i="6" s="1"/>
   <c r="B159" i="6" s="1"/>
   <c r="B160" i="6" s="1"/>
   <c r="B161" i="6" s="1"/>
   <c r="B162" i="6" s="1"/>
   <c r="B163" i="6" s="1"/>
-  <c r="B197" i="6"/>
-  <c r="F19" i="1"/>
+  <c r="B198" i="6"/>
   <c r="Q51" i="8"/>
   <c r="D68" i="8"/>
-  <c r="G19" i="1"/>
+  <c r="G19" i="1" l="1"/>
   <c r="I14" i="1"/>
   <c r="I19" i="1" s="1"/>
-  <c r="H20" i="6" l="1"/>
+  <c r="F19" i="1"/>
+  <c r="H20" i="6"/>
   <c r="H27" i="6" s="1"/>
   <c r="H13" i="10"/>
   <c r="H14" i="1"/>
   <c r="H19" i="1" s="1"/>
-  <c r="H25" i="1" s="1"/>
   <c r="J22" i="8"/>
   <c r="J23" i="8" s="1"/>
   <c r="G25" i="8"/>
   <c r="A8" i="10" s="1"/>
   <c r="H14" i="10" s="1"/>
   <c r="H10" i="10" s="1"/>
   <c r="I17" i="8"/>
   <c r="H35" i="1"/>
   <c r="H31" i="1"/>
+  <c r="H25" i="1" l="1"/>
+  <c r="H29" i="1" s="1"/>
   <c r="H27" i="1" l="1"/>
   <c r="H28" i="1" s="1"/>
-  <c r="H29" i="1"/>
-  <c r="H30" i="1" s="1"/>
+  <c r="H30" i="1"/>
   <c r="I33" i="1" s="1"/>
   <c r="H33" i="1" l="1"/>
   <c r="H34" i="1" s="1"/>
   <c r="H36" i="1" s="1"/>
   <c r="H37" i="1" s="1"/>
   <c r="H17" i="10" s="1"/>
   <c r="H20" i="10" s="1"/>
-  <c r="H23" i="10" l="1"/>
+  <c r="H23" i="10" s="1"/>
   <c r="H26" i="10" s="1"/>
   <c r="H26" i="6" s="1"/>
   <c r="L28" i="8" l="1"/>
   <c r="L31" i="8"/>
   <c r="D67" i="8" l="1"/>
   <c r="E50" i="8" s="1"/>
   <c r="L30" i="8"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>davida</author>
   </authors>
   <commentList>
     <comment ref="H16" authorId="0" shapeId="0" xr:uid="{70A88C52-102F-4C30-82C5-AD986BFECF44}">
       <text>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
@@ -884,57 +887,51 @@
   <si>
     <t>Additional Voluntary Contributions for calendar year</t>
   </si>
   <si>
     <t>I hereby authorize my school division to withhold the amount noted on Line 110 of this form as an Additional Voluntary Contribution pursuant to subsection 52(1) of The Teachers' Pensions Act.</t>
   </si>
   <si>
     <t>Attn: Additional Voluntary Contribution Program</t>
   </si>
   <si>
     <t>Click to return to Additional Voluntary Contribution Calculator</t>
   </si>
   <si>
     <t>Click to return to Additonal Voluntary Contribution Application</t>
   </si>
   <si>
     <t xml:space="preserve">YOUR ESTIMATED MAXIMUM ADDITIONAL VOLUNTARY CONTRIBUTION </t>
   </si>
   <si>
     <t>Your maximum additional voluntary contribution is based on your estimated earnings.  Should your actual earnings be lower than your estimated earnings, you could inadvertently make an over contribution contrary to the Income Tax Act requirements.  As a result, TRAF has implemented a 20% mandatory administrative cushion.  Any additional voluntary contribution limit not used because of the administrative cushion will be offset by an increase of the same amount to your RRSP deduction limit in the following year.</t>
   </si>
   <si>
     <t>Additional Voluntary Contribution Calculation</t>
   </si>
   <si>
-    <t>This calculator is for information purposes and may not be appropriate for every situation. You assume the risk associated with its use. The calculations are based on the information you provide; therefore it is important that you enter accurate information. You are responsible for complying with the additional voluntary contribution limits prescribed by the Income Tax Act.  You may want to print this page and retain for your records.</t>
-[...1 lines deleted...]
-  <si>
     <t>I am solely responsible for complying with the applicable Income Tax legislation with respect to Additional Voluntary Contributions.</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">This calculator is for information purposes and may not be appropriate for every situation. Users assume the risk associated with its use. The calculations are based on the information you provide; therefore it is important that you enter accurate information. Members are responsible for complying with the additional voluntary contribution limits. The Teachers' Retirement Allowances Fund does not retain any of the data.   </t>
   </si>
   <si>
     <t>( Line 105 x Line 110)
 (Cannot exceed Line 120)</t>
   </si>
   <si>
     <t>Planning for your retirement is a very personal matter.  An Additional Voluntary Contribution (AVC) is one option for increasing your retirement income.  Below is a list of the advantages of AVCs.  Also listed are the disadvantages of AVCs as compared to a Registered Retirement Savings Plan (RRSP) contribution.</t>
   </si>
   <si>
     <t>Advantages of AVCs</t>
   </si>
   <si>
     <t>Disadvantages of AVCs (as compared to an RRSP contribution)</t>
   </si>
   <si>
     <t>Your AVC account will be credited with the rate of return of the entire TRAF portfolio net of investment and administrative fees.</t>
   </si>
   <si>
     <t>Rate of return, less investment management and administrative fees</t>
   </si>
   <si>
     <t>At this time, there is no additional administration fee charged to your AVC account.  However, TRAF reserves the right to implement an administrative fee at a future date.</t>
   </si>
   <si>
     <t>You can take advantage of TRAF’s comprehensive investment program and low administrative costs.</t>
@@ -1026,50 +1023,102 @@
       <t xml:space="preserve"> to your payroll department at the school division and </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>one</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> to TRAF. Please mail or fax the TRAF copy to:</t>
     </r>
   </si>
   <si>
     <t>Fax: 204-944-0361</t>
   </si>
   <si>
     <t>I understand that Additional Voluntary Contributions will continue to the end of the calendar year, or the deduction end date (if earlier), in the amount noted on Line 110 unless I instruct the school division otherwise.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">This calculator is provided for informational purposes only and may not be appropriate for every situation. You assume all risks associated with its use. The calculations are based solely on the information you provide; therefore, it is essential that you enter accurate and complete data. 
+Please note that this calculator assumes pensionable earnings are used in the calculation. TRAF does not have access to your earned income and cannot verify whether your contributions comply with the limits prescribed by the Income Tax Act. As such, </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>you are solely responsible</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> for ensuring that any additional voluntary contributions remain within the allowable limits.
+You may wish to print this page and retain it for your records.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">This calculator is provided for informational purposes only and may not be appropriate for every situation. You assume all risks associated with its use. The calculations are based solely on the information you provide; therefore, it is essential that you enter accurate and complete data. 
+Please note that this calculator assumes pensionable earnings are used in the calculation. TRAF does not have access to your earned income and cannot verify whether your contributions comply with the limits prescribed by the Income Tax Act. As such, </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>you are solely responsible</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> for ensuring that any additional voluntary contributions remain within the allowable limits.
+</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="0;_0;;@"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="#,##0.000"/>
     <numFmt numFmtId="169" formatCode="000\ 000\ 000"/>
     <numFmt numFmtId="170" formatCode="000\ 000"/>
   </numFmts>
   <fonts count="29" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="1"/>
@@ -1475,51 +1524,51 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="144">
+  <cellXfs count="145">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
@@ -1707,62 +1756,59 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="4" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="23" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="8" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="4" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="26" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="26" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="26" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
@@ -1782,110 +1828,116 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="8" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="26" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="26" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="26" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="1" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="1" fontId="8" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="170" fontId="8" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="170" fontId="7" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="170" fontId="7" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="8" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...9 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="1" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="169" fontId="8" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="169" fontId="7" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="169" fontId="7" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="28" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
@@ -2048,51 +2100,51 @@
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>876300</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>121920</xdr:rowOff>
+      <xdr:rowOff>129540</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6319" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E2ED7FE-38EF-1E85-C59F-8F722F5D803A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -2740,51 +2792,51 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cra-arc.gc.ca/tx/rgstrd/papspapar-fefespfer/lmts-eng.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{619E3B01-EA54-400F-AC3F-1B2E15E12ED3}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:W197"/>
+  <dimension ref="A1:W198"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" defaultGridColor="0" showWhiteSpace="0" colorId="8" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="D9" sqref="D9:F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="2.88671875" style="5" customWidth="1"/>
     <col min="2" max="2" width="27.5546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="3" style="1" customWidth="1"/>
     <col min="4" max="4" width="28.109375" style="9" customWidth="1"/>
     <col min="5" max="5" width="0.88671875" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.33203125" style="1" customWidth="1"/>
     <col min="7" max="7" width="3.109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.44140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="4.109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="3.6640625" style="1" hidden="1" customWidth="1"/>
     <col min="11" max="14" width="3.5546875" style="1" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="4" style="1" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="4.109375" style="1" hidden="1" customWidth="1"/>
     <col min="17" max="17" width="3.88671875" style="1" hidden="1" customWidth="1"/>
     <col min="18" max="18" width="4.44140625" style="1" hidden="1" customWidth="1"/>
     <col min="19" max="19" width="3.109375" style="1" hidden="1" customWidth="1"/>
     <col min="20" max="20" width="2.109375" style="1" hidden="1" customWidth="1"/>
     <col min="21" max="21" width="2.88671875" style="1" hidden="1" customWidth="1"/>
@@ -2817,60 +2869,60 @@
       <c r="N7" s="11"/>
       <c r="O7" s="11"/>
       <c r="P7" s="11"/>
       <c r="Q7" s="11"/>
       <c r="R7" s="11"/>
       <c r="S7" s="11"/>
       <c r="T7" s="11"/>
       <c r="U7" s="11"/>
     </row>
     <row r="8" spans="1:21" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C8" s="23"/>
       <c r="D8" s="23"/>
       <c r="H8" s="23"/>
       <c r="I8" s="23"/>
       <c r="J8" s="23"/>
     </row>
     <row r="9" spans="1:21" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A9" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B9" s="24" t="s">
         <v>90</v>
       </c>
       <c r="C9" s="23"/>
       <c r="D9" s="87">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E9" s="88"/>
       <c r="F9" s="89"/>
     </row>
     <row r="10" spans="1:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="C10" s="26"/>
       <c r="H10" s="69">
         <f>D9</f>
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="11" spans="1:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A11" s="5" t="s">
         <v>46</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="B12" s="4"/>
     </row>
     <row r="13" spans="1:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="H13" s="6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="D14" s="20"/>
       <c r="E14" s="27"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="6" t="s">
         <v>44</v>
@@ -2892,59 +2944,59 @@
       <c r="B15" s="4" t="s">
         <v>58</v>
       </c>
       <c r="D15" s="20"/>
       <c r="E15" s="27"/>
       <c r="F15" s="27"/>
       <c r="G15" s="27"/>
       <c r="H15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="I15" s="27"/>
       <c r="K15" s="27"/>
       <c r="L15" s="27"/>
       <c r="M15" s="27"/>
       <c r="N15" s="27"/>
       <c r="O15" s="27"/>
       <c r="P15" s="27"/>
       <c r="Q15" s="27"/>
       <c r="R15" s="27"/>
       <c r="S15" s="27"/>
       <c r="T15" s="27"/>
       <c r="U15" s="27"/>
     </row>
     <row r="16" spans="1:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="B16" s="91" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C16" s="92"/>
       <c r="D16" s="92"/>
       <c r="E16" s="92"/>
       <c r="F16" s="92"/>
       <c r="G16" s="93"/>
       <c r="H16" s="70">
-        <v>75000</v>
+        <v>80000</v>
       </c>
       <c r="I16" s="34"/>
       <c r="K16" s="34"/>
       <c r="L16" s="34"/>
       <c r="M16" s="34"/>
       <c r="N16" s="34"/>
       <c r="O16" s="34"/>
       <c r="P16" s="34"/>
       <c r="Q16" s="34"/>
       <c r="R16" s="34"/>
       <c r="S16" s="34"/>
       <c r="T16" s="34"/>
       <c r="U16" s="34"/>
     </row>
     <row r="17" spans="1:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="B17" s="91"/>
       <c r="C17" s="94"/>
       <c r="D17" s="94"/>
       <c r="E17" s="94"/>
       <c r="F17" s="94"/>
       <c r="G17" s="95"/>
       <c r="H17" s="70"/>
       <c r="I17" s="34"/>
       <c r="K17" s="34"/>
       <c r="L17" s="34"/>
@@ -2969,51 +3021,51 @@
       <c r="G18" s="97"/>
       <c r="H18" s="77"/>
       <c r="I18" s="34"/>
       <c r="K18" s="34"/>
       <c r="L18" s="34"/>
       <c r="M18" s="34"/>
       <c r="N18" s="34"/>
       <c r="O18" s="34"/>
       <c r="P18" s="34"/>
       <c r="Q18" s="34"/>
       <c r="R18" s="34"/>
       <c r="S18" s="34"/>
       <c r="T18" s="34"/>
       <c r="U18" s="34"/>
     </row>
     <row r="19" spans="1:21" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B19" s="35"/>
       <c r="C19" s="36"/>
       <c r="E19" s="37"/>
       <c r="F19" s="71" t="s">
         <v>47</v>
       </c>
       <c r="G19" s="72"/>
       <c r="H19" s="78">
         <f>SUM(H16:H18)</f>
-        <v>75000</v>
+        <v>80000</v>
       </c>
       <c r="I19" s="34"/>
       <c r="K19" s="34"/>
       <c r="L19" s="34"/>
       <c r="M19" s="34"/>
       <c r="N19" s="34"/>
       <c r="O19" s="34"/>
       <c r="P19" s="34"/>
       <c r="Q19" s="34"/>
       <c r="R19" s="34"/>
       <c r="S19" s="34"/>
       <c r="T19" s="34"/>
       <c r="U19" s="34"/>
     </row>
     <row r="20" spans="1:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="D20" s="20"/>
       <c r="H20" s="73" t="str">
         <f>IF(H19=0,"Please Enter Earnings","")</f>
         <v/>
       </c>
     </row>
     <row r="21" spans="1:21" ht="12.75" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="22" spans="1:21" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A22" s="5" t="s">
         <v>48</v>
@@ -3051,686 +3103,686 @@
         <f>IF(H22=0,"Please Enter Service","")</f>
         <v/>
       </c>
     </row>
     <row r="24" spans="1:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="H24" s="73" t="str">
         <f>IF(H22&lt;=1,"","You can not enter service greater than 1. Please reduce service")</f>
         <v/>
       </c>
     </row>
     <row r="25" spans="1:21" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="F25" s="4"/>
     </row>
     <row r="26" spans="1:21" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" s="5" t="s">
         <v>50</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>94</v>
       </c>
       <c r="F26" s="75" t="s">
         <v>113</v>
       </c>
       <c r="H26" s="15">
         <f>+'MPL CALC'!H26</f>
-        <v>3560</v>
+        <v>3702.4</v>
       </c>
     </row>
     <row r="27" spans="1:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="H27" s="73" t="str">
         <f>IF(H20="Please Enter Earnings", "Form is Incomplete","")</f>
         <v/>
       </c>
     </row>
     <row r="28" spans="1:21" ht="12.75" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="29" spans="1:21" ht="12.75" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="30" spans="1:21" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A30" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B30" s="4" t="s">
         <v>92</v>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="6"/>
-      <c r="E30" s="100" t="s">
+      <c r="E30" s="98" t="s">
         <v>54</v>
       </c>
-      <c r="F30" s="101"/>
-[...1 lines deleted...]
-      <c r="H30" s="101"/>
+      <c r="F30" s="99"/>
+      <c r="G30" s="99"/>
+      <c r="H30" s="99"/>
       <c r="I30" s="4"/>
       <c r="J30" s="4"/>
       <c r="K30" s="4"/>
       <c r="L30" s="4"/>
       <c r="M30" s="4"/>
       <c r="N30" s="4"/>
       <c r="O30" s="4"/>
       <c r="P30" s="4"/>
       <c r="Q30" s="4"/>
       <c r="R30" s="4"/>
       <c r="S30" s="4"/>
       <c r="T30" s="4"/>
       <c r="U30" s="4"/>
     </row>
     <row r="31" spans="1:21" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="B31" s="4"/>
       <c r="C31" s="4"/>
       <c r="D31" s="6"/>
       <c r="E31" s="76"/>
       <c r="F31" s="23"/>
       <c r="G31" s="23"/>
       <c r="H31" s="23"/>
       <c r="I31" s="4"/>
       <c r="J31" s="4"/>
       <c r="K31" s="4"/>
       <c r="L31" s="4"/>
       <c r="M31" s="4"/>
       <c r="N31" s="4"/>
       <c r="O31" s="4"/>
       <c r="P31" s="4"/>
       <c r="Q31" s="4"/>
       <c r="R31" s="4"/>
       <c r="S31" s="4"/>
       <c r="T31" s="4"/>
       <c r="U31" s="4"/>
     </row>
     <row r="32" spans="1:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A32" s="4" t="s">
         <v>37</v>
       </c>
       <c r="C32" s="17"/>
       <c r="D32" s="18"/>
       <c r="E32" s="17"/>
       <c r="F32" s="17"/>
       <c r="G32" s="18"/>
       <c r="H32" s="18"/>
       <c r="I32" s="18"/>
     </row>
-    <row r="33" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="I33" s="99"/>
+    <row r="33" spans="1:9" ht="13.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="100" t="s">
+        <v>161</v>
+      </c>
+      <c r="B33" s="100"/>
+      <c r="C33" s="100"/>
+      <c r="D33" s="100"/>
+      <c r="E33" s="100"/>
+      <c r="F33" s="100"/>
+      <c r="G33" s="100"/>
+      <c r="H33" s="100"/>
+      <c r="I33" s="100"/>
     </row>
     <row r="34" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="A34" s="99"/>
-[...7 lines deleted...]
-      <c r="I34" s="99"/>
+      <c r="A34" s="100"/>
+      <c r="B34" s="100"/>
+      <c r="C34" s="100"/>
+      <c r="D34" s="100"/>
+      <c r="E34" s="100"/>
+      <c r="F34" s="100"/>
+      <c r="G34" s="100"/>
+      <c r="H34" s="100"/>
+      <c r="I34" s="100"/>
     </row>
     <row r="35" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="A35" s="99"/>
-[...7 lines deleted...]
-      <c r="I35" s="99"/>
+      <c r="A35" s="100"/>
+      <c r="B35" s="100"/>
+      <c r="C35" s="100"/>
+      <c r="D35" s="100"/>
+      <c r="E35" s="100"/>
+      <c r="F35" s="100"/>
+      <c r="G35" s="100"/>
+      <c r="H35" s="100"/>
+      <c r="I35" s="100"/>
     </row>
     <row r="36" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="A36" s="99"/>
-[...7 lines deleted...]
-      <c r="I36" s="99"/>
+      <c r="A36" s="100"/>
+      <c r="B36" s="100"/>
+      <c r="C36" s="100"/>
+      <c r="D36" s="100"/>
+      <c r="E36" s="100"/>
+      <c r="F36" s="100"/>
+      <c r="G36" s="100"/>
+      <c r="H36" s="100"/>
+      <c r="I36" s="100"/>
     </row>
     <row r="37" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="A37" s="99"/>
-[...7 lines deleted...]
-      <c r="I37" s="99"/>
+      <c r="A37" s="100"/>
+      <c r="B37" s="100"/>
+      <c r="C37" s="100"/>
+      <c r="D37" s="100"/>
+      <c r="E37" s="100"/>
+      <c r="F37" s="100"/>
+      <c r="G37" s="100"/>
+      <c r="H37" s="100"/>
+      <c r="I37" s="100"/>
     </row>
     <row r="38" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="A38" s="19"/>
-[...7 lines deleted...]
-      <c r="I38" s="19"/>
+      <c r="A38" s="100"/>
+      <c r="B38" s="100"/>
+      <c r="C38" s="100"/>
+      <c r="D38" s="100"/>
+      <c r="E38" s="100"/>
+      <c r="F38" s="100"/>
+      <c r="G38" s="100"/>
+      <c r="H38" s="100"/>
+      <c r="I38" s="100"/>
     </row>
     <row r="39" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="A39" s="19"/>
-[...7 lines deleted...]
-      <c r="I39" s="19"/>
+      <c r="A39" s="100"/>
+      <c r="B39" s="100"/>
+      <c r="C39" s="100"/>
+      <c r="D39" s="100"/>
+      <c r="E39" s="100"/>
+      <c r="F39" s="100"/>
+      <c r="G39" s="100"/>
+      <c r="H39" s="100"/>
+      <c r="I39" s="100"/>
     </row>
     <row r="40" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="A40" s="19"/>
-[...7 lines deleted...]
-      <c r="I40" s="19"/>
+      <c r="A40" s="100"/>
+      <c r="B40" s="100"/>
+      <c r="C40" s="100"/>
+      <c r="D40" s="100"/>
+      <c r="E40" s="100"/>
+      <c r="F40" s="100"/>
+      <c r="G40" s="100"/>
+      <c r="H40" s="100"/>
+      <c r="I40" s="100"/>
     </row>
     <row r="41" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="A41" s="19"/>
-[...7 lines deleted...]
-      <c r="I41" s="19"/>
+      <c r="A41" s="100"/>
+      <c r="B41" s="100"/>
+      <c r="C41" s="100"/>
+      <c r="D41" s="100"/>
+      <c r="E41" s="100"/>
+      <c r="F41" s="100"/>
+      <c r="G41" s="100"/>
+      <c r="H41" s="100"/>
+      <c r="I41" s="100"/>
     </row>
     <row r="42" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="A42" s="19"/>
-[...7 lines deleted...]
-      <c r="I42" s="19"/>
+      <c r="A42" s="100"/>
+      <c r="B42" s="100"/>
+      <c r="C42" s="100"/>
+      <c r="D42" s="100"/>
+      <c r="E42" s="100"/>
+      <c r="F42" s="100"/>
+      <c r="G42" s="100"/>
+      <c r="H42" s="100"/>
+      <c r="I42" s="100"/>
     </row>
     <row r="43" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="A43" s="19"/>
-[...7 lines deleted...]
-      <c r="I43" s="19"/>
+      <c r="A43" s="100"/>
+      <c r="B43" s="100"/>
+      <c r="C43" s="100"/>
+      <c r="D43" s="100"/>
+      <c r="E43" s="100"/>
+      <c r="F43" s="100"/>
+      <c r="G43" s="100"/>
+      <c r="H43" s="100"/>
+      <c r="I43" s="100"/>
     </row>
     <row r="44" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A44" s="19"/>
       <c r="B44" s="19"/>
       <c r="C44" s="19"/>
       <c r="D44" s="19"/>
       <c r="E44" s="19"/>
       <c r="F44" s="19"/>
       <c r="G44" s="19"/>
       <c r="H44" s="19"/>
       <c r="I44" s="19"/>
     </row>
-    <row r="45" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:9" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="A45" s="19"/>
       <c r="B45" s="19"/>
       <c r="C45" s="19"/>
       <c r="D45" s="19"/>
       <c r="E45" s="19"/>
       <c r="F45" s="19"/>
       <c r="G45" s="19"/>
       <c r="H45" s="19"/>
       <c r="I45" s="19"/>
     </row>
-    <row r="46" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:9" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="A46" s="19"/>
       <c r="B46" s="19"/>
       <c r="C46" s="19"/>
       <c r="D46" s="19"/>
       <c r="E46" s="19"/>
       <c r="F46" s="19"/>
       <c r="G46" s="19"/>
       <c r="H46" s="19"/>
       <c r="I46" s="19"/>
     </row>
-    <row r="47" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:9" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="A47" s="19"/>
       <c r="B47" s="19"/>
       <c r="C47" s="19"/>
       <c r="D47" s="19"/>
       <c r="E47" s="19"/>
       <c r="F47" s="19"/>
       <c r="G47" s="19"/>
       <c r="H47" s="19"/>
       <c r="I47" s="19"/>
     </row>
-    <row r="48" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:9" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="A48" s="19"/>
       <c r="B48" s="19"/>
       <c r="C48" s="19"/>
       <c r="D48" s="19"/>
       <c r="E48" s="19"/>
       <c r="F48" s="19"/>
       <c r="G48" s="19"/>
       <c r="H48" s="19"/>
       <c r="I48" s="19"/>
     </row>
-    <row r="49" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:9" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="A49" s="19"/>
       <c r="B49" s="19"/>
       <c r="C49" s="19"/>
       <c r="D49" s="19"/>
       <c r="E49" s="19"/>
       <c r="F49" s="19"/>
       <c r="G49" s="19"/>
       <c r="H49" s="19"/>
       <c r="I49" s="19"/>
     </row>
-    <row r="50" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:9" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="A50" s="19"/>
       <c r="B50" s="19"/>
       <c r="C50" s="19"/>
       <c r="D50" s="19"/>
       <c r="E50" s="19"/>
       <c r="F50" s="19"/>
       <c r="G50" s="19"/>
       <c r="H50" s="19"/>
       <c r="I50" s="19"/>
     </row>
-    <row r="51" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:9" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="A51" s="19"/>
       <c r="B51" s="19"/>
       <c r="C51" s="19"/>
       <c r="D51" s="19"/>
       <c r="E51" s="19"/>
       <c r="F51" s="19"/>
       <c r="G51" s="19"/>
       <c r="H51" s="19"/>
       <c r="I51" s="19"/>
     </row>
-    <row r="52" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:9" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="A52" s="19"/>
       <c r="B52" s="19"/>
       <c r="C52" s="19"/>
       <c r="D52" s="19"/>
       <c r="E52" s="19"/>
       <c r="F52" s="19"/>
       <c r="G52" s="19"/>
       <c r="H52" s="19"/>
       <c r="I52" s="19"/>
     </row>
-    <row r="53" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:9" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="A53" s="19"/>
       <c r="B53" s="19"/>
       <c r="C53" s="19"/>
       <c r="D53" s="19"/>
       <c r="E53" s="19"/>
       <c r="F53" s="19"/>
       <c r="G53" s="19"/>
       <c r="H53" s="19"/>
       <c r="I53" s="19"/>
     </row>
-    <row r="54" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.3"/>
-[...23 lines deleted...]
-    <row r="78" spans="2:21" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:9" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="55" spans="1:9" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="56" spans="1:9" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="57" spans="1:9" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="58" spans="1:9" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="59" spans="1:9" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="60" spans="1:9" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="61" spans="1:9" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="62" spans="1:9" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="63" spans="1:9" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="64" spans="1:9" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="65" spans="2:21" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="66" spans="2:21" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="67" spans="2:21" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="68" spans="2:21" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="69" spans="2:21" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="70" spans="2:21" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="71" spans="2:21" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="72" spans="2:21" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="73" spans="2:21" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="74" spans="2:21" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="75" spans="2:21" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="76" spans="2:21" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="77" spans="2:21" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="78" spans="2:21" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="B78" s="20"/>
       <c r="C78" s="20"/>
       <c r="D78" s="20"/>
       <c r="E78" s="20"/>
       <c r="F78" s="20"/>
       <c r="G78" s="20"/>
       <c r="H78" s="20"/>
       <c r="I78" s="20"/>
       <c r="J78" s="20"/>
       <c r="K78" s="20"/>
       <c r="L78" s="20"/>
       <c r="M78" s="20"/>
       <c r="N78" s="20"/>
       <c r="O78" s="20"/>
       <c r="P78" s="20"/>
       <c r="Q78" s="20"/>
       <c r="R78" s="20"/>
       <c r="S78" s="20"/>
       <c r="T78" s="20"/>
       <c r="U78" s="20"/>
     </row>
-    <row r="79" spans="2:21" ht="18" x14ac:dyDescent="0.35">
+    <row r="79" spans="2:21" ht="18" hidden="1" x14ac:dyDescent="0.35">
       <c r="B79" s="90"/>
       <c r="C79" s="90"/>
       <c r="D79" s="90"/>
       <c r="E79" s="90"/>
       <c r="F79" s="90"/>
       <c r="G79" s="90"/>
       <c r="H79" s="90"/>
       <c r="I79" s="90"/>
       <c r="J79" s="90"/>
       <c r="K79" s="21"/>
       <c r="L79" s="21"/>
       <c r="M79" s="21"/>
       <c r="N79" s="21"/>
       <c r="O79" s="21"/>
       <c r="P79" s="21"/>
       <c r="Q79" s="21"/>
       <c r="R79" s="21"/>
       <c r="S79" s="21"/>
       <c r="T79" s="21"/>
       <c r="U79" s="21"/>
     </row>
-    <row r="80" spans="2:21" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="80" spans="2:21" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K80" s="18"/>
       <c r="L80" s="18"/>
       <c r="M80" s="18"/>
       <c r="N80" s="18"/>
       <c r="O80" s="18"/>
       <c r="P80" s="18"/>
       <c r="Q80" s="18"/>
       <c r="R80" s="18"/>
       <c r="S80" s="18"/>
       <c r="T80" s="18"/>
       <c r="U80" s="18"/>
     </row>
-    <row r="81" spans="11:21" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="81" spans="11:21" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K81" s="19"/>
       <c r="L81" s="19"/>
       <c r="M81" s="19"/>
       <c r="N81" s="19"/>
       <c r="O81" s="19"/>
       <c r="P81" s="19"/>
       <c r="Q81" s="19"/>
       <c r="R81" s="19"/>
       <c r="S81" s="19"/>
       <c r="T81" s="19"/>
       <c r="U81" s="19"/>
     </row>
-    <row r="82" spans="11:21" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="82" spans="11:21" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K82" s="19"/>
       <c r="L82" s="19"/>
       <c r="M82" s="19"/>
       <c r="N82" s="19"/>
       <c r="O82" s="19"/>
       <c r="P82" s="19"/>
       <c r="Q82" s="19"/>
       <c r="R82" s="19"/>
       <c r="S82" s="19"/>
       <c r="T82" s="19"/>
       <c r="U82" s="19"/>
     </row>
-    <row r="83" spans="11:21" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="83" spans="11:21" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K83" s="19"/>
       <c r="L83" s="19"/>
       <c r="M83" s="19"/>
       <c r="N83" s="19"/>
       <c r="O83" s="19"/>
       <c r="P83" s="19"/>
       <c r="Q83" s="19"/>
       <c r="R83" s="19"/>
       <c r="S83" s="19"/>
       <c r="T83" s="19"/>
       <c r="U83" s="19"/>
     </row>
-    <row r="84" spans="11:21" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="84" spans="11:21" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K84" s="19"/>
       <c r="L84" s="19"/>
       <c r="M84" s="19"/>
       <c r="N84" s="19"/>
       <c r="O84" s="19"/>
       <c r="P84" s="19"/>
       <c r="Q84" s="19"/>
       <c r="R84" s="19"/>
       <c r="S84" s="19"/>
       <c r="T84" s="19"/>
       <c r="U84" s="19"/>
     </row>
-    <row r="85" spans="11:21" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="85" spans="11:21" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K85" s="19"/>
       <c r="L85" s="19"/>
       <c r="M85" s="19"/>
       <c r="N85" s="19"/>
       <c r="O85" s="19"/>
       <c r="P85" s="19"/>
       <c r="Q85" s="19"/>
       <c r="R85" s="19"/>
       <c r="S85" s="19"/>
       <c r="T85" s="19"/>
       <c r="U85" s="19"/>
     </row>
-    <row r="86" spans="11:21" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="86" spans="11:21" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K86" s="19"/>
       <c r="L86" s="19"/>
       <c r="M86" s="19"/>
       <c r="N86" s="19"/>
       <c r="O86" s="19"/>
       <c r="P86" s="19"/>
       <c r="Q86" s="19"/>
       <c r="R86" s="19"/>
       <c r="S86" s="19"/>
       <c r="T86" s="19"/>
       <c r="U86" s="19"/>
     </row>
-    <row r="87" spans="11:21" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="87" spans="11:21" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K87" s="19"/>
       <c r="L87" s="19"/>
       <c r="M87" s="19"/>
       <c r="N87" s="19"/>
       <c r="O87" s="19"/>
       <c r="P87" s="19"/>
       <c r="Q87" s="19"/>
       <c r="R87" s="19"/>
       <c r="S87" s="19"/>
       <c r="T87" s="19"/>
       <c r="U87" s="19"/>
     </row>
-    <row r="88" spans="11:21" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="88" spans="11:21" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K88" s="19"/>
       <c r="L88" s="19"/>
       <c r="M88" s="19"/>
       <c r="N88" s="19"/>
       <c r="O88" s="19"/>
       <c r="P88" s="19"/>
       <c r="Q88" s="19"/>
       <c r="R88" s="19"/>
       <c r="S88" s="19"/>
       <c r="T88" s="19"/>
       <c r="U88" s="19"/>
     </row>
-    <row r="89" spans="11:21" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="89" spans="11:21" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K89" s="19"/>
       <c r="L89" s="19"/>
       <c r="M89" s="19"/>
       <c r="N89" s="19"/>
       <c r="O89" s="19"/>
       <c r="P89" s="19"/>
       <c r="Q89" s="19"/>
       <c r="R89" s="19"/>
       <c r="S89" s="19"/>
       <c r="T89" s="19"/>
       <c r="U89" s="19"/>
     </row>
-    <row r="90" spans="11:21" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="90" spans="11:21" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K90" s="19"/>
       <c r="L90" s="19"/>
       <c r="M90" s="19"/>
       <c r="N90" s="19"/>
       <c r="O90" s="19"/>
       <c r="P90" s="19"/>
       <c r="Q90" s="19"/>
       <c r="R90" s="19"/>
       <c r="S90" s="19"/>
       <c r="T90" s="19"/>
       <c r="U90" s="19"/>
     </row>
-    <row r="91" spans="11:21" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="91" spans="11:21" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K91" s="19"/>
       <c r="L91" s="19"/>
       <c r="M91" s="19"/>
       <c r="N91" s="19"/>
       <c r="O91" s="19"/>
       <c r="P91" s="19"/>
       <c r="Q91" s="19"/>
       <c r="R91" s="19"/>
       <c r="S91" s="19"/>
       <c r="T91" s="19"/>
       <c r="U91" s="19"/>
     </row>
-    <row r="92" spans="11:21" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="92" spans="11:21" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K92" s="19"/>
       <c r="L92" s="19"/>
       <c r="M92" s="19"/>
       <c r="N92" s="19"/>
       <c r="O92" s="19"/>
       <c r="P92" s="19"/>
       <c r="Q92" s="19"/>
       <c r="R92" s="19"/>
       <c r="S92" s="19"/>
       <c r="T92" s="19"/>
       <c r="U92" s="19"/>
     </row>
-    <row r="93" spans="11:21" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="93" spans="11:21" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K93" s="19"/>
       <c r="L93" s="19"/>
       <c r="M93" s="19"/>
       <c r="N93" s="19"/>
       <c r="O93" s="19"/>
       <c r="P93" s="19"/>
       <c r="Q93" s="19"/>
       <c r="R93" s="19"/>
       <c r="S93" s="19"/>
       <c r="T93" s="19"/>
       <c r="U93" s="19"/>
     </row>
-    <row r="94" spans="11:21" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="94" spans="11:21" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K94" s="19"/>
       <c r="L94" s="19"/>
       <c r="M94" s="19"/>
       <c r="N94" s="19"/>
       <c r="O94" s="19"/>
       <c r="P94" s="19"/>
       <c r="Q94" s="19"/>
       <c r="R94" s="19"/>
       <c r="S94" s="19"/>
       <c r="T94" s="19"/>
       <c r="U94" s="19"/>
     </row>
-    <row r="95" spans="11:21" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="95" spans="11:21" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K95" s="19"/>
       <c r="L95" s="19"/>
       <c r="M95" s="19"/>
       <c r="N95" s="19"/>
       <c r="O95" s="19"/>
       <c r="P95" s="19"/>
       <c r="Q95" s="19"/>
       <c r="R95" s="19"/>
       <c r="S95" s="19"/>
       <c r="T95" s="19"/>
       <c r="U95" s="19"/>
     </row>
-    <row r="96" spans="11:21" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="96" spans="11:21" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K96" s="19"/>
       <c r="L96" s="19"/>
       <c r="M96" s="19"/>
       <c r="N96" s="19"/>
       <c r="O96" s="19"/>
       <c r="P96" s="19"/>
       <c r="Q96" s="19"/>
       <c r="R96" s="19"/>
       <c r="S96" s="19"/>
       <c r="T96" s="19"/>
       <c r="U96" s="19"/>
     </row>
-    <row r="97" spans="2:23" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="97" spans="2:23" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K97" s="19"/>
       <c r="L97" s="19"/>
       <c r="M97" s="19"/>
       <c r="N97" s="19"/>
       <c r="O97" s="19"/>
       <c r="P97" s="19"/>
       <c r="Q97" s="19"/>
       <c r="R97" s="19"/>
       <c r="S97" s="19"/>
       <c r="T97" s="19"/>
       <c r="U97" s="19"/>
     </row>
-    <row r="98" spans="2:23" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="98" spans="2:23" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K98" s="19"/>
       <c r="L98" s="19"/>
       <c r="M98" s="19"/>
       <c r="N98" s="19"/>
       <c r="O98" s="19"/>
       <c r="P98" s="19"/>
       <c r="Q98" s="19"/>
       <c r="R98" s="19"/>
       <c r="S98" s="19"/>
       <c r="T98" s="19"/>
       <c r="U98" s="19"/>
     </row>
-    <row r="99" spans="2:23" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="99" spans="2:23" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K99" s="19"/>
       <c r="L99" s="19"/>
       <c r="M99" s="19"/>
       <c r="N99" s="19"/>
       <c r="O99" s="19"/>
       <c r="P99" s="19"/>
       <c r="Q99" s="19"/>
       <c r="R99" s="19"/>
       <c r="S99" s="19"/>
       <c r="T99" s="19"/>
       <c r="U99" s="19"/>
     </row>
-    <row r="100" spans="2:23" ht="13.8" x14ac:dyDescent="0.3">
+    <row r="100" spans="2:23" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K100" s="19"/>
       <c r="L100" s="19"/>
       <c r="M100" s="19"/>
       <c r="N100" s="19"/>
       <c r="O100" s="19"/>
       <c r="P100" s="19"/>
       <c r="Q100" s="19"/>
       <c r="R100" s="19"/>
       <c r="S100" s="19"/>
       <c r="T100" s="19"/>
       <c r="U100" s="19"/>
     </row>
     <row r="101" spans="2:23" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="K101" s="19"/>
       <c r="L101" s="19"/>
       <c r="M101" s="19"/>
       <c r="N101" s="19"/>
       <c r="O101" s="19"/>
       <c r="P101" s="19"/>
       <c r="Q101" s="19"/>
       <c r="R101" s="19"/>
       <c r="S101" s="19"/>
       <c r="T101" s="19"/>
       <c r="U101" s="19"/>
     </row>
@@ -4118,121 +4170,126 @@
         <v>2021</v>
       </c>
     </row>
     <row r="163" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B163" s="2">
         <f t="shared" si="0"/>
         <v>2022</v>
       </c>
     </row>
     <row r="164" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B164" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="165" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B165" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="166" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B166" s="2">
         <v>2025</v>
       </c>
     </row>
     <row r="167" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B167" s="2"/>
+      <c r="B167" s="2">
+        <v>2026</v>
+      </c>
     </row>
     <row r="168" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B168" s="2"/>
     </row>
     <row r="169" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B169" s="2"/>
     </row>
     <row r="170" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B170" s="2"/>
     </row>
     <row r="171" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B171" s="2"/>
     </row>
     <row r="172" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B172" s="2"/>
     </row>
     <row r="173" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B173" s="2"/>
     </row>
     <row r="174" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B174" s="2"/>
     </row>
     <row r="175" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B175" s="2"/>
     </row>
     <row r="176" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B176" s="2"/>
     </row>
-    <row r="177" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
-[...14 lines deleted...]
-    <row r="192" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="177" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B177" s="2"/>
+    </row>
+    <row r="178" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="179" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="180" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="181" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="182" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="183" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="184" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="185" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="186" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="187" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="188" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="189" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="190" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="191" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="192" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="193" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="194" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="195" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="196" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
-    <row r="197" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B197" s="1">
+    <row r="197" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="198" spans="2:2" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B198" s="1">
         <f>+D9</f>
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="D13tmpeAhiZMArJlo3kP/+kZJ3xURyqOm3z5DokhJcuDcowHHFxdsdiECDJ81QxZwWHRWT3IWVvcQPS6NIEoTg==" saltValue="Zv13n+hvEsGRq+T9vIKVvQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="bWvrhwTe1GcUIabzwSPaHl9TbnesFx3uwH0K3BU1GBELPlRiayTodRh81WX5fFlZTPAywi5Yi9A5u6eP2NiI5A==" saltValue="+wxg5vDBxmMbFUtZPiYc3Q==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="8">
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="D9:F9"/>
     <mergeCell ref="B79:J79"/>
     <mergeCell ref="B16:G16"/>
     <mergeCell ref="B17:G17"/>
     <mergeCell ref="B18:G18"/>
-    <mergeCell ref="A33:I37"/>
     <mergeCell ref="E30:H30"/>
+    <mergeCell ref="A33:I43"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D9:F9" xr:uid="{D2A61170-C2B4-4092-A4D1-7CBD50AAC940}">
-      <formula1>$B$153:$B$176</formula1>
+      <formula1>$B$153:$B$177</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="E30" location="'Application Form'!A1" display="Click For Application Form" xr:uid="{C442D1C4-5060-4E16-88DC-E40185E5592B}"/>
     <hyperlink ref="F26" location="'MPL CALC'!A1" display="View Calculation" xr:uid="{C587C789-FA27-47AE-A4A0-A74238D82410}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.51" top="0.74" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="94" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5D4D81C6-3FC9-4622-9540-43E408633F33}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr autoPageBreaks="0" fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:V368"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="E8" sqref="E8:F8"/>
     </sheetView>
   </sheetViews>
@@ -4243,199 +4300,199 @@
     <col min="3" max="3" width="5" style="1" customWidth="1"/>
     <col min="4" max="4" width="26.109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="12.44140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="20.5546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="14.33203125" style="9" customWidth="1"/>
     <col min="8" max="8" width="14" style="9" customWidth="1"/>
     <col min="9" max="9" width="11.5546875" style="1" customWidth="1"/>
     <col min="10" max="10" width="7.88671875" style="1" customWidth="1"/>
     <col min="11" max="11" width="4.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="17.6640625" style="1" customWidth="1"/>
     <col min="13" max="13" width="3" style="1" customWidth="1"/>
     <col min="14" max="14" width="3.6640625" style="1" hidden="1" customWidth="1"/>
     <col min="15" max="16" width="3.5546875" style="1" hidden="1" customWidth="1"/>
     <col min="17" max="17" width="9.5546875" style="1" hidden="1" customWidth="1"/>
     <col min="18" max="18" width="3.109375" style="1" hidden="1" customWidth="1"/>
     <col min="19" max="19" width="2.109375" style="1" hidden="1" customWidth="1"/>
     <col min="20" max="20" width="2.88671875" style="1" hidden="1" customWidth="1"/>
     <col min="21" max="21" width="14" style="2" hidden="1" customWidth="1"/>
     <col min="22" max="16384" width="9" style="2" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="13.8" x14ac:dyDescent="0.3"/>
     <row r="2" spans="2:20" ht="57.75" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="2:20" ht="39.9" customHeight="1" x14ac:dyDescent="0.65">
       <c r="C3" s="86" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D3" s="86"/>
       <c r="E3" s="86"/>
       <c r="F3" s="86"/>
       <c r="G3" s="86"/>
       <c r="H3" s="86"/>
       <c r="I3" s="86"/>
       <c r="J3" s="86"/>
       <c r="K3" s="86"/>
       <c r="L3" s="86"/>
       <c r="M3" s="43"/>
       <c r="N3" s="43"/>
       <c r="O3" s="11"/>
       <c r="P3" s="11"/>
       <c r="Q3" s="11"/>
       <c r="R3" s="11"/>
       <c r="S3" s="11"/>
       <c r="T3" s="11"/>
     </row>
     <row r="4" spans="2:20" ht="25.8" x14ac:dyDescent="0.5">
-      <c r="C4" s="124">
+      <c r="C4" s="130">
         <f>'AVC Calculator'!H10</f>
-        <v>2025</v>
-[...9 lines deleted...]
-      <c r="L4" s="124"/>
+        <v>2026</v>
+      </c>
+      <c r="D4" s="130"/>
+      <c r="E4" s="130"/>
+      <c r="F4" s="130"/>
+      <c r="G4" s="130"/>
+      <c r="H4" s="130"/>
+      <c r="I4" s="130"/>
+      <c r="J4" s="130"/>
+      <c r="K4" s="130"/>
+      <c r="L4" s="130"/>
       <c r="M4" s="11"/>
       <c r="N4" s="11"/>
       <c r="O4" s="11"/>
       <c r="P4" s="11"/>
       <c r="Q4" s="11"/>
       <c r="R4" s="11"/>
       <c r="S4" s="11"/>
       <c r="T4" s="11"/>
     </row>
     <row r="5" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
       <c r="F5" s="23"/>
       <c r="G5" s="23"/>
       <c r="H5" s="23"/>
       <c r="L5" s="23"/>
       <c r="M5" s="23"/>
       <c r="N5" s="23"/>
     </row>
     <row r="6" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
       <c r="B6" s="5" t="s">
         <v>45</v>
       </c>
       <c r="C6" s="133" t="s">
         <v>66</v>
       </c>
       <c r="D6" s="133"/>
       <c r="E6" s="133"/>
       <c r="F6" s="133"/>
       <c r="G6" s="133"/>
       <c r="H6" s="133"/>
       <c r="I6" s="133"/>
       <c r="L6" s="23"/>
       <c r="M6" s="23"/>
       <c r="N6" s="23"/>
     </row>
     <row r="7" spans="2:20" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C7" s="44"/>
       <c r="D7" s="44"/>
       <c r="E7" s="44"/>
       <c r="F7" s="44"/>
       <c r="G7" s="44"/>
       <c r="H7" s="44"/>
       <c r="I7" s="44"/>
       <c r="L7" s="23"/>
       <c r="M7" s="23"/>
       <c r="N7" s="23"/>
     </row>
     <row r="8" spans="2:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C8" s="102" t="s">
+      <c r="C8" s="101" t="s">
         <v>55</v>
       </c>
-      <c r="D8" s="103"/>
-[...2 lines deleted...]
-      <c r="G8" s="102" t="s">
+      <c r="D8" s="102"/>
+      <c r="E8" s="116"/>
+      <c r="F8" s="117"/>
+      <c r="G8" s="101" t="s">
         <v>88</v>
       </c>
-      <c r="H8" s="103"/>
+      <c r="H8" s="102"/>
       <c r="I8" s="136"/>
       <c r="J8" s="137"/>
       <c r="K8" s="137"/>
       <c r="L8" s="138"/>
       <c r="M8" s="23"/>
       <c r="N8" s="23"/>
     </row>
     <row r="9" spans="2:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C9" s="102" t="s">
+      <c r="C9" s="101" t="s">
         <v>93</v>
       </c>
-      <c r="D9" s="103"/>
-[...2 lines deleted...]
-      <c r="G9" s="102" t="s">
+      <c r="D9" s="102"/>
+      <c r="E9" s="116"/>
+      <c r="F9" s="117"/>
+      <c r="G9" s="101" t="s">
         <v>40</v>
       </c>
-      <c r="H9" s="103"/>
-[...3 lines deleted...]
-      <c r="L9" s="130"/>
+      <c r="H9" s="102"/>
+      <c r="I9" s="123"/>
+      <c r="J9" s="124"/>
+      <c r="K9" s="124"/>
+      <c r="L9" s="125"/>
       <c r="M9" s="23"/>
       <c r="N9" s="23"/>
     </row>
     <row r="10" spans="2:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C10" s="102" t="s">
+      <c r="C10" s="101" t="s">
         <v>56</v>
       </c>
-      <c r="D10" s="103"/>
-[...2 lines deleted...]
-      <c r="G10" s="102" t="s">
+      <c r="D10" s="102"/>
+      <c r="E10" s="116"/>
+      <c r="F10" s="117"/>
+      <c r="G10" s="101" t="s">
         <v>57</v>
       </c>
-      <c r="H10" s="103"/>
-[...3 lines deleted...]
-      <c r="L10" s="127"/>
+      <c r="H10" s="102"/>
+      <c r="I10" s="127"/>
+      <c r="J10" s="128"/>
+      <c r="K10" s="128"/>
+      <c r="L10" s="129"/>
       <c r="M10" s="23"/>
       <c r="N10" s="23"/>
     </row>
     <row r="11" spans="2:20" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C11" s="102" t="s">
-[...5 lines deleted...]
-      <c r="G11" s="102" t="s">
+      <c r="C11" s="101" t="s">
+        <v>149</v>
+      </c>
+      <c r="D11" s="102"/>
+      <c r="E11" s="116"/>
+      <c r="F11" s="117"/>
+      <c r="G11" s="101" t="s">
         <v>110</v>
       </c>
-      <c r="H11" s="103"/>
-[...3 lines deleted...]
-      <c r="L11" s="127"/>
+      <c r="H11" s="102"/>
+      <c r="I11" s="127"/>
+      <c r="J11" s="128"/>
+      <c r="K11" s="128"/>
+      <c r="L11" s="129"/>
       <c r="M11" s="23"/>
       <c r="N11" s="23"/>
     </row>
     <row r="12" spans="2:20" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C12" s="80"/>
       <c r="D12" s="81"/>
       <c r="E12" s="82"/>
       <c r="F12" s="83"/>
       <c r="G12" s="80"/>
       <c r="H12" s="81"/>
       <c r="I12" s="84"/>
       <c r="J12" s="85"/>
       <c r="K12" s="85"/>
       <c r="L12" s="85"/>
       <c r="M12" s="23"/>
       <c r="N12" s="23"/>
     </row>
     <row r="13" spans="2:20" s="23" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B13" s="45" t="s">
         <v>46</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>69</v>
       </c>
       <c r="D13" s="1"/>
@@ -4466,51 +4523,51 @@
       <c r="G15" s="23"/>
       <c r="H15" s="23"/>
       <c r="K15" s="46">
         <v>100</v>
       </c>
       <c r="L15" s="47"/>
       <c r="M15" s="23"/>
       <c r="N15" s="23"/>
     </row>
     <row r="16" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="F16" s="23"/>
       <c r="G16" s="23"/>
       <c r="H16" s="23"/>
       <c r="L16" s="48"/>
       <c r="M16" s="23"/>
       <c r="N16" s="23"/>
     </row>
     <row r="17" spans="3:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="D17" s="4" t="s">
         <v>123</v>
       </c>
       <c r="F17" s="23"/>
       <c r="G17" s="23"/>
       <c r="I17" s="49">
         <f>+C4</f>
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K17" s="46">
         <v>105</v>
       </c>
       <c r="L17" s="47"/>
       <c r="M17" s="23"/>
       <c r="N17" s="23"/>
     </row>
     <row r="18" spans="3:21" ht="6.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="F18" s="23"/>
       <c r="G18" s="23"/>
       <c r="H18" s="23"/>
       <c r="L18" s="48"/>
       <c r="M18" s="23"/>
       <c r="N18" s="23"/>
     </row>
     <row r="19" spans="3:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="D19" s="134" t="s">
         <v>124</v>
       </c>
       <c r="E19" s="135"/>
       <c r="F19" s="135"/>
       <c r="G19" s="135"/>
       <c r="H19" s="135"/>
       <c r="I19" s="135"/>
@@ -4537,481 +4594,481 @@
       </c>
       <c r="I21" s="9" t="s">
         <v>63</v>
       </c>
       <c r="J21" s="25" t="s">
         <v>34</v>
       </c>
       <c r="L21" s="23"/>
       <c r="M21" s="23"/>
       <c r="N21" s="23"/>
     </row>
     <row r="22" spans="3:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="D22" s="1" t="s">
         <v>104</v>
       </c>
       <c r="F22" s="23"/>
       <c r="G22" s="23"/>
       <c r="H22" s="51">
         <v>1</v>
       </c>
       <c r="I22" s="51" t="s">
         <v>77</v>
       </c>
       <c r="J22" s="52">
         <f>+C4</f>
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="L22" s="23"/>
       <c r="M22" s="23"/>
       <c r="N22" s="23"/>
     </row>
     <row r="23" spans="3:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="D23" s="1" t="s">
         <v>118</v>
       </c>
       <c r="F23" s="23"/>
       <c r="G23" s="23"/>
       <c r="H23" s="51">
         <v>31</v>
       </c>
       <c r="I23" s="51" t="s">
         <v>87</v>
       </c>
       <c r="J23" s="52">
         <f>+J22</f>
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="L23" s="23"/>
       <c r="M23" s="23"/>
       <c r="N23" s="23"/>
     </row>
     <row r="24" spans="3:21" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="F24" s="23"/>
       <c r="G24" s="23"/>
       <c r="H24" s="23"/>
       <c r="L24" s="23"/>
       <c r="M24" s="23"/>
       <c r="N24" s="23"/>
     </row>
     <row r="25" spans="3:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="C25" s="4"/>
       <c r="D25" s="4" t="s">
         <v>125</v>
       </c>
       <c r="G25" s="49">
         <f>+C4</f>
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K25" s="46">
         <v>115</v>
       </c>
       <c r="L25" s="53">
         <f>+L19*L17</f>
         <v>0</v>
       </c>
       <c r="M25" s="23"/>
       <c r="N25" s="2"/>
       <c r="U25" s="54">
         <f>+L15*L19</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="3:21" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="F26" s="23"/>
       <c r="H26" s="23"/>
       <c r="K26" s="139" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="L26" s="140"/>
       <c r="M26" s="23"/>
       <c r="N26" s="23"/>
     </row>
     <row r="27" spans="3:21" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="F27" s="23"/>
       <c r="H27" s="23"/>
       <c r="K27" s="25"/>
       <c r="L27" s="25"/>
       <c r="M27" s="23"/>
       <c r="N27" s="23"/>
     </row>
     <row r="28" spans="3:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="D28" s="1" t="s">
         <v>59</v>
       </c>
       <c r="F28" s="23"/>
       <c r="G28" s="23"/>
       <c r="H28" s="23"/>
       <c r="K28" s="46">
         <v>120</v>
       </c>
       <c r="L28" s="55">
         <f>+'AVC Calculator'!H26</f>
-        <v>3560</v>
+        <v>3702.4</v>
       </c>
       <c r="M28" s="23"/>
       <c r="N28" s="23"/>
     </row>
     <row r="29" spans="3:21" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
       <c r="J29" s="2"/>
       <c r="K29" s="2"/>
       <c r="L29" s="2"/>
       <c r="M29" s="23"/>
       <c r="N29" s="23"/>
     </row>
     <row r="30" spans="3:21" ht="12.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D30" s="1" t="s">
         <v>60</v>
       </c>
       <c r="F30" s="23"/>
       <c r="G30" s="23"/>
       <c r="H30" s="23"/>
       <c r="L30" s="1">
         <f>+L25-L28</f>
-        <v>-3560</v>
+        <v>-3702.4</v>
       </c>
       <c r="M30" s="23"/>
       <c r="N30" s="23"/>
     </row>
     <row r="31" spans="3:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D31" s="2"/>
       <c r="F31" s="23"/>
-      <c r="G31" s="109" t="s">
+      <c r="G31" s="108" t="s">
         <v>70</v>
       </c>
-      <c r="H31" s="111" t="s">
+      <c r="H31" s="110" t="s">
         <v>112</v>
       </c>
-      <c r="I31" s="112"/>
-[...1 lines deleted...]
-      <c r="K31" s="112"/>
+      <c r="I31" s="111"/>
+      <c r="J31" s="111"/>
+      <c r="K31" s="111"/>
       <c r="L31" s="56">
         <f>+'AVC Calculator'!H26</f>
-        <v>3560</v>
+        <v>3702.4</v>
       </c>
       <c r="M31" s="23"/>
       <c r="N31" s="23"/>
     </row>
     <row r="32" spans="3:21" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D32" s="2"/>
       <c r="F32" s="23"/>
-      <c r="G32" s="110"/>
+      <c r="G32" s="109"/>
       <c r="H32" s="23"/>
       <c r="L32" s="37"/>
       <c r="M32" s="23"/>
       <c r="N32" s="23"/>
     </row>
     <row r="33" spans="2:20" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="B33" s="5" t="s">
         <v>48</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>68</v>
       </c>
       <c r="D33" s="4"/>
       <c r="E33" s="4"/>
       <c r="F33" s="45"/>
       <c r="G33" s="45"/>
       <c r="H33" s="45"/>
       <c r="I33" s="4"/>
       <c r="L33" s="4"/>
       <c r="M33" s="4"/>
       <c r="N33" s="45"/>
       <c r="O33" s="4"/>
       <c r="P33" s="4"/>
       <c r="Q33" s="4"/>
       <c r="R33" s="4"/>
       <c r="S33" s="4"/>
       <c r="T33" s="4"/>
     </row>
     <row r="34" spans="2:20" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="F34" s="23"/>
       <c r="G34" s="23"/>
       <c r="H34" s="1"/>
       <c r="J34" s="2"/>
       <c r="K34" s="2"/>
       <c r="N34" s="23"/>
     </row>
     <row r="35" spans="2:20" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="D35" s="104" t="s">
+      <c r="D35" s="103" t="s">
         <v>126</v>
       </c>
-      <c r="E35" s="99"/>
-[...4 lines deleted...]
-      <c r="J35" s="99"/>
+      <c r="E35" s="126"/>
+      <c r="F35" s="126"/>
+      <c r="G35" s="126"/>
+      <c r="H35" s="126"/>
+      <c r="I35" s="126"/>
+      <c r="J35" s="126"/>
       <c r="K35" s="2"/>
       <c r="L35" s="57"/>
       <c r="N35" s="23"/>
       <c r="Q35" s="1">
         <f>IF(L35="Yes",0,1)</f>
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
       <c r="F36" s="23"/>
       <c r="G36" s="23"/>
       <c r="H36" s="1"/>
       <c r="J36" s="2"/>
       <c r="K36" s="2"/>
       <c r="L36" s="58"/>
       <c r="N36" s="23"/>
     </row>
     <row r="37" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
       <c r="D37" s="59" t="s">
         <v>71</v>
       </c>
       <c r="F37" s="23"/>
       <c r="G37" s="23"/>
       <c r="H37" s="1"/>
       <c r="J37" s="2"/>
       <c r="K37" s="2"/>
       <c r="L37" s="58"/>
       <c r="N37" s="23"/>
     </row>
     <row r="38" spans="2:20" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="D38" s="104" t="s">
-[...6 lines deleted...]
-      <c r="I38" s="105"/>
+      <c r="D38" s="103" t="s">
+        <v>133</v>
+      </c>
+      <c r="E38" s="104"/>
+      <c r="F38" s="104"/>
+      <c r="G38" s="104"/>
+      <c r="H38" s="104"/>
+      <c r="I38" s="104"/>
       <c r="J38" s="2"/>
       <c r="K38" s="2"/>
       <c r="L38" s="57"/>
       <c r="N38" s="23"/>
       <c r="Q38" s="1">
         <f>IF(L38="Yes",0,1)</f>
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="2:20" ht="12.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D39" s="60"/>
       <c r="E39" s="61"/>
       <c r="F39" s="61"/>
       <c r="G39" s="61"/>
       <c r="H39" s="61"/>
       <c r="I39" s="61"/>
       <c r="J39" s="2"/>
       <c r="K39" s="2"/>
       <c r="L39" s="58"/>
       <c r="N39" s="23"/>
     </row>
     <row r="40" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
       <c r="D40" s="1" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="F40" s="23"/>
       <c r="G40" s="23"/>
       <c r="H40" s="16" t="s">
         <v>72</v>
       </c>
       <c r="I40" s="62"/>
       <c r="J40" s="2"/>
       <c r="K40" s="2"/>
       <c r="L40" s="57"/>
       <c r="N40" s="23"/>
       <c r="Q40" s="1">
         <f>IF(L40="Yes",0,1)</f>
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
       <c r="F41" s="23"/>
       <c r="G41" s="23"/>
       <c r="H41" s="1"/>
       <c r="J41" s="2"/>
       <c r="K41" s="2"/>
       <c r="L41" s="58"/>
       <c r="N41" s="23"/>
     </row>
     <row r="42" spans="2:20" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="D42" s="104" t="s">
-[...4 lines deleted...]
-      <c r="G42" s="105"/>
+      <c r="D42" s="103" t="s">
+        <v>151</v>
+      </c>
+      <c r="E42" s="104"/>
+      <c r="F42" s="104"/>
+      <c r="G42" s="104"/>
       <c r="H42" s="131" t="s">
         <v>75</v>
       </c>
       <c r="I42" s="131"/>
       <c r="J42" s="2"/>
       <c r="K42" s="2"/>
       <c r="L42" s="57"/>
       <c r="N42" s="23"/>
       <c r="Q42" s="1">
         <f>IF(L42="Yes",0,1)</f>
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
       <c r="F43" s="23"/>
       <c r="G43" s="23"/>
       <c r="H43" s="1"/>
       <c r="J43" s="2"/>
       <c r="K43" s="2"/>
       <c r="L43" s="58"/>
       <c r="N43" s="23"/>
     </row>
     <row r="44" spans="2:20" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="D44" s="104" t="s">
-[...4 lines deleted...]
-      <c r="G44" s="105"/>
+      <c r="D44" s="103" t="s">
+        <v>152</v>
+      </c>
+      <c r="E44" s="104"/>
+      <c r="F44" s="104"/>
+      <c r="G44" s="104"/>
       <c r="H44" s="132" t="s">
         <v>89</v>
       </c>
       <c r="I44" s="132"/>
       <c r="J44" s="2"/>
       <c r="K44" s="2"/>
       <c r="L44" s="57"/>
       <c r="N44" s="23"/>
       <c r="Q44" s="1">
         <f>IF(L44="Yes",0,1)</f>
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
       <c r="F45" s="23"/>
       <c r="G45" s="23"/>
       <c r="H45" s="23"/>
       <c r="L45" s="48"/>
       <c r="M45" s="23"/>
       <c r="N45" s="23"/>
     </row>
     <row r="46" spans="2:20" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="D46" s="104" t="s">
-[...6 lines deleted...]
-      <c r="I46" s="105"/>
+      <c r="D46" s="103" t="s">
+        <v>160</v>
+      </c>
+      <c r="E46" s="104"/>
+      <c r="F46" s="104"/>
+      <c r="G46" s="104"/>
+      <c r="H46" s="104"/>
+      <c r="I46" s="104"/>
       <c r="L46" s="57"/>
       <c r="M46" s="23"/>
       <c r="N46" s="23"/>
       <c r="Q46" s="1">
         <f>IF(L46="Yes",0,1)</f>
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
       <c r="F47" s="23"/>
       <c r="G47" s="23"/>
       <c r="H47" s="23"/>
       <c r="L47" s="48"/>
       <c r="M47" s="23"/>
       <c r="N47" s="23"/>
     </row>
     <row r="48" spans="2:20" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="D48" s="104" t="s">
-[...5 lines deleted...]
-      <c r="H48" s="105"/>
+      <c r="D48" s="103" t="s">
+        <v>153</v>
+      </c>
+      <c r="E48" s="104"/>
+      <c r="F48" s="104"/>
+      <c r="G48" s="104"/>
+      <c r="H48" s="104"/>
       <c r="L48" s="57"/>
       <c r="M48" s="23"/>
       <c r="N48" s="23"/>
       <c r="Q48" s="1">
         <f>IF(L48="Yes",0,1)</f>
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="2:20" s="66" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="63"/>
       <c r="C49" s="64"/>
       <c r="D49" s="64"/>
       <c r="E49" s="64"/>
       <c r="F49" s="65"/>
       <c r="G49" s="65"/>
       <c r="H49" s="65"/>
       <c r="I49" s="64"/>
       <c r="J49" s="64"/>
       <c r="K49" s="64"/>
       <c r="L49" s="65"/>
       <c r="M49" s="65"/>
       <c r="N49" s="65"/>
       <c r="O49" s="64"/>
       <c r="P49" s="64"/>
       <c r="Q49" s="64"/>
       <c r="R49" s="64"/>
       <c r="S49" s="64"/>
       <c r="T49" s="64"/>
     </row>
     <row r="50" spans="2:20" ht="39" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D50" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="E50" s="115" t="str">
+      <c r="E50" s="114" t="str">
         <f>IF(AND(D67="",D68=""),"","NOTE: Please see the warnings below and revise the application accordingly before signing.")</f>
         <v>NOTE: Please see the warnings below and revise the application accordingly before signing.</v>
       </c>
-      <c r="F50" s="116"/>
-[...5 lines deleted...]
-      <c r="L50" s="122"/>
+      <c r="F50" s="115"/>
+      <c r="G50" s="115"/>
+      <c r="H50" s="121"/>
+      <c r="I50" s="121"/>
+      <c r="J50" s="121"/>
+      <c r="K50" s="121"/>
+      <c r="L50" s="121"/>
       <c r="M50" s="23"/>
       <c r="N50" s="23"/>
     </row>
     <row r="51" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
       <c r="F51" s="23"/>
       <c r="G51" s="23"/>
       <c r="H51" s="23"/>
       <c r="L51" s="23"/>
       <c r="M51" s="23"/>
       <c r="N51" s="23"/>
       <c r="Q51" s="1">
         <f>SUM(Q35:Q48)</f>
         <v>7</v>
       </c>
     </row>
     <row r="52" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
       <c r="D52" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="E52" s="113"/>
-[...1 lines deleted...]
-      <c r="G52" s="114"/>
+      <c r="E52" s="112"/>
+      <c r="F52" s="113"/>
+      <c r="G52" s="113"/>
       <c r="H52" s="23"/>
       <c r="L52" s="23"/>
       <c r="M52" s="23"/>
       <c r="N52" s="23"/>
     </row>
     <row r="53" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
       <c r="F53" s="23"/>
       <c r="G53" s="23"/>
       <c r="H53" s="23"/>
       <c r="L53" s="23"/>
       <c r="M53" s="23"/>
       <c r="N53" s="23"/>
     </row>
     <row r="54" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
       <c r="F54" s="23"/>
       <c r="G54" s="23"/>
       <c r="H54" s="23"/>
       <c r="L54" s="23"/>
       <c r="M54" s="23"/>
       <c r="N54" s="23"/>
     </row>
     <row r="55" spans="2:20" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="B55" s="5" t="s">
         <v>50</v>
       </c>
@@ -5024,195 +5081,195 @@
       <c r="G55" s="45"/>
       <c r="H55" s="45"/>
       <c r="I55" s="4"/>
       <c r="J55" s="4"/>
       <c r="K55" s="4"/>
       <c r="L55" s="45"/>
       <c r="M55" s="45"/>
       <c r="N55" s="45"/>
       <c r="O55" s="4"/>
       <c r="P55" s="4"/>
       <c r="Q55" s="4"/>
       <c r="R55" s="4"/>
       <c r="S55" s="4"/>
       <c r="T55" s="4"/>
     </row>
     <row r="56" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
       <c r="F56" s="23"/>
       <c r="G56" s="23"/>
       <c r="H56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
     </row>
     <row r="57" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
       <c r="D57" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="F57" s="23"/>
       <c r="G57" s="23"/>
       <c r="H57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
     </row>
     <row r="58" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
       <c r="F58" s="23"/>
       <c r="G58" s="23"/>
       <c r="H58" s="23"/>
       <c r="L58" s="23"/>
       <c r="M58" s="23"/>
       <c r="N58" s="23"/>
     </row>
     <row r="59" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
       <c r="F59" s="23"/>
       <c r="G59" s="23"/>
       <c r="H59" s="23"/>
       <c r="L59" s="23"/>
       <c r="M59" s="23"/>
       <c r="N59" s="23"/>
     </row>
     <row r="60" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="F60" s="123" t="s">
+      <c r="F60" s="122" t="s">
         <v>107</v>
       </c>
-      <c r="G60" s="123"/>
-      <c r="H60" s="123"/>
+      <c r="G60" s="122"/>
+      <c r="H60" s="122"/>
       <c r="L60" s="23"/>
       <c r="M60" s="23"/>
       <c r="N60" s="23"/>
     </row>
     <row r="61" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="F61" s="123" t="s">
+      <c r="F61" s="122" t="s">
         <v>127</v>
       </c>
-      <c r="G61" s="123"/>
-      <c r="H61" s="123"/>
+      <c r="G61" s="122"/>
+      <c r="H61" s="122"/>
       <c r="L61" s="23"/>
       <c r="M61" s="23"/>
       <c r="N61" s="23"/>
     </row>
     <row r="62" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="F62" s="123" t="s">
+      <c r="F62" s="122" t="s">
         <v>108</v>
       </c>
-      <c r="G62" s="123"/>
-      <c r="H62" s="123"/>
+      <c r="G62" s="122"/>
+      <c r="H62" s="122"/>
       <c r="L62" s="23"/>
       <c r="M62" s="23"/>
       <c r="N62" s="23"/>
     </row>
     <row r="63" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="F63" s="123" t="s">
+      <c r="F63" s="122" t="s">
         <v>109</v>
       </c>
-      <c r="G63" s="123"/>
-      <c r="H63" s="123"/>
+      <c r="G63" s="122"/>
+      <c r="H63" s="122"/>
       <c r="L63" s="23"/>
       <c r="M63" s="23"/>
       <c r="N63" s="23"/>
     </row>
     <row r="64" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="F64" s="123" t="s">
-[...3 lines deleted...]
-      <c r="H64" s="123"/>
+      <c r="F64" s="122" t="s">
+        <v>159</v>
+      </c>
+      <c r="G64" s="122"/>
+      <c r="H64" s="122"/>
       <c r="L64" s="23"/>
       <c r="M64" s="23"/>
       <c r="N64" s="23"/>
     </row>
     <row r="65" spans="2:20" ht="13.8" x14ac:dyDescent="0.3">
       <c r="F65" s="23"/>
       <c r="G65" s="23"/>
       <c r="H65" s="23"/>
       <c r="L65" s="23"/>
       <c r="M65" s="23"/>
       <c r="N65" s="23"/>
     </row>
     <row r="66" spans="2:20" s="66" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B66" s="63"/>
       <c r="C66" s="64"/>
       <c r="D66" s="67" t="s">
         <v>61</v>
       </c>
       <c r="E66" s="64"/>
       <c r="F66" s="65"/>
       <c r="G66" s="65"/>
       <c r="H66" s="65"/>
       <c r="I66" s="64"/>
       <c r="J66" s="64"/>
       <c r="K66" s="64"/>
       <c r="L66" s="65"/>
       <c r="M66" s="65"/>
       <c r="N66" s="65"/>
       <c r="O66" s="64"/>
       <c r="P66" s="64"/>
       <c r="Q66" s="64"/>
       <c r="R66" s="64"/>
       <c r="S66" s="64"/>
       <c r="T66" s="64"/>
     </row>
     <row r="67" spans="2:20" s="66" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B67" s="63"/>
       <c r="C67" s="64"/>
-      <c r="D67" s="119" t="str">
+      <c r="D67" s="118" t="str">
         <f>IF(L25&gt;L28,"Warning - Your selection exceeds your estimated maximum. Please revise the amount per pay period, the number of pay periods you desire to contribute, or a combination of both.","")</f>
         <v/>
       </c>
-      <c r="E67" s="120"/>
-[...6 lines deleted...]
-      <c r="L67" s="121"/>
+      <c r="E67" s="119"/>
+      <c r="F67" s="119"/>
+      <c r="G67" s="119"/>
+      <c r="H67" s="119"/>
+      <c r="I67" s="119"/>
+      <c r="J67" s="119"/>
+      <c r="K67" s="119"/>
+      <c r="L67" s="120"/>
       <c r="M67" s="65"/>
       <c r="N67" s="65"/>
       <c r="O67" s="64"/>
       <c r="P67" s="64"/>
       <c r="Q67" s="64"/>
       <c r="R67" s="64"/>
       <c r="S67" s="64"/>
       <c r="T67" s="64"/>
     </row>
     <row r="68" spans="2:20" s="66" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B68" s="63"/>
       <c r="C68" s="64"/>
-      <c r="D68" s="106" t="str">
+      <c r="D68" s="105" t="str">
         <f>IF(Q51=0,"","Warning - You have not answered Yes to all of the questions under Part C.")</f>
         <v>Warning - You have not answered Yes to all of the questions under Part C.</v>
       </c>
-      <c r="E68" s="107"/>
-[...6 lines deleted...]
-      <c r="L68" s="108"/>
+      <c r="E68" s="106"/>
+      <c r="F68" s="106"/>
+      <c r="G68" s="106"/>
+      <c r="H68" s="106"/>
+      <c r="I68" s="106"/>
+      <c r="J68" s="106"/>
+      <c r="K68" s="106"/>
+      <c r="L68" s="107"/>
       <c r="M68" s="65"/>
       <c r="N68" s="65"/>
       <c r="O68" s="64"/>
       <c r="P68" s="64"/>
       <c r="Q68" s="64"/>
       <c r="R68" s="64"/>
       <c r="S68" s="64"/>
       <c r="T68" s="64"/>
     </row>
     <row r="69" spans="2:20" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="F69" s="23"/>
       <c r="G69" s="23"/>
       <c r="H69" s="23"/>
       <c r="L69" s="23"/>
       <c r="M69" s="23"/>
       <c r="N69" s="23"/>
     </row>
     <row r="70" spans="2:20" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="F70" s="23"/>
       <c r="G70" s="23"/>
       <c r="H70" s="23"/>
       <c r="L70" s="23"/>
       <c r="M70" s="23"/>
       <c r="N70" s="23"/>
     </row>
@@ -6152,151 +6209,151 @@
       <c r="M172" s="23"/>
       <c r="N172" s="23"/>
     </row>
     <row r="173" spans="2:14" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="F173" s="23"/>
       <c r="G173" s="23"/>
       <c r="H173" s="23"/>
       <c r="L173" s="23"/>
       <c r="M173" s="23"/>
       <c r="N173" s="23"/>
     </row>
     <row r="174" spans="2:14" ht="13.8" hidden="1" x14ac:dyDescent="0.3"/>
     <row r="175" spans="2:14" ht="13.8" x14ac:dyDescent="0.3">
       <c r="B175" s="4" t="s">
         <v>37</v>
       </c>
       <c r="F175" s="17"/>
       <c r="G175" s="18"/>
       <c r="H175" s="18"/>
       <c r="I175" s="17"/>
       <c r="J175" s="17"/>
       <c r="K175" s="18"/>
       <c r="L175" s="18"/>
       <c r="M175" s="18"/>
     </row>
-    <row r="176" spans="2:14" ht="13.8" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-      <c r="M176" s="99"/>
+    <row r="176" spans="2:14" ht="13.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B176" s="100" t="s">
+        <v>162</v>
+      </c>
+      <c r="C176" s="100"/>
+      <c r="D176" s="100"/>
+      <c r="E176" s="100"/>
+      <c r="F176" s="100"/>
+      <c r="G176" s="100"/>
+      <c r="H176" s="100"/>
+      <c r="I176" s="100"/>
+      <c r="J176" s="100"/>
+      <c r="K176" s="100"/>
+      <c r="L176" s="100"/>
+      <c r="M176" s="100"/>
     </row>
     <row r="177" spans="2:13" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="B177" s="99"/>
-[...10 lines deleted...]
-      <c r="M177" s="99"/>
+      <c r="B177" s="100"/>
+      <c r="C177" s="100"/>
+      <c r="D177" s="100"/>
+      <c r="E177" s="100"/>
+      <c r="F177" s="100"/>
+      <c r="G177" s="100"/>
+      <c r="H177" s="100"/>
+      <c r="I177" s="100"/>
+      <c r="J177" s="100"/>
+      <c r="K177" s="100"/>
+      <c r="L177" s="100"/>
+      <c r="M177" s="100"/>
     </row>
     <row r="178" spans="2:13" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="B178" s="99"/>
-[...68 lines deleted...]
-    <row r="183" spans="2:13" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
+      <c r="B178" s="100"/>
+      <c r="C178" s="100"/>
+      <c r="D178" s="100"/>
+      <c r="E178" s="100"/>
+      <c r="F178" s="100"/>
+      <c r="G178" s="100"/>
+      <c r="H178" s="100"/>
+      <c r="I178" s="100"/>
+      <c r="J178" s="100"/>
+      <c r="K178" s="100"/>
+      <c r="L178" s="100"/>
+      <c r="M178" s="100"/>
+    </row>
+    <row r="179" spans="2:13" ht="13.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B179" s="100"/>
+      <c r="C179" s="100"/>
+      <c r="D179" s="100"/>
+      <c r="E179" s="100"/>
+      <c r="F179" s="100"/>
+      <c r="G179" s="100"/>
+      <c r="H179" s="100"/>
+      <c r="I179" s="100"/>
+      <c r="J179" s="100"/>
+      <c r="K179" s="100"/>
+      <c r="L179" s="100"/>
+      <c r="M179" s="100"/>
+    </row>
+    <row r="180" spans="2:13" ht="13.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B180" s="100"/>
+      <c r="C180" s="100"/>
+      <c r="D180" s="100"/>
+      <c r="E180" s="100"/>
+      <c r="F180" s="100"/>
+      <c r="G180" s="100"/>
+      <c r="H180" s="100"/>
+      <c r="I180" s="100"/>
+      <c r="J180" s="100"/>
+      <c r="K180" s="100"/>
+      <c r="L180" s="100"/>
+      <c r="M180" s="100"/>
+    </row>
+    <row r="181" spans="2:13" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="B181" s="100"/>
+      <c r="C181" s="100"/>
+      <c r="D181" s="100"/>
+      <c r="E181" s="100"/>
+      <c r="F181" s="100"/>
+      <c r="G181" s="100"/>
+      <c r="H181" s="100"/>
+      <c r="I181" s="100"/>
+      <c r="J181" s="100"/>
+      <c r="K181" s="100"/>
+      <c r="L181" s="100"/>
+      <c r="M181" s="100"/>
+    </row>
+    <row r="182" spans="2:13" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="B182" s="100"/>
+      <c r="C182" s="100"/>
+      <c r="D182" s="100"/>
+      <c r="E182" s="100"/>
+      <c r="F182" s="100"/>
+      <c r="G182" s="100"/>
+      <c r="H182" s="100"/>
+      <c r="I182" s="100"/>
+      <c r="J182" s="100"/>
+      <c r="K182" s="100"/>
+      <c r="L182" s="100"/>
+      <c r="M182" s="100"/>
+    </row>
+    <row r="183" spans="2:13" ht="13.8" x14ac:dyDescent="0.3">
       <c r="B183" s="19"/>
       <c r="C183" s="19"/>
       <c r="D183" s="19"/>
       <c r="E183" s="19"/>
       <c r="F183" s="19"/>
       <c r="G183" s="19"/>
       <c r="H183" s="19"/>
       <c r="I183" s="19"/>
       <c r="J183" s="19"/>
       <c r="K183" s="19"/>
       <c r="L183" s="19"/>
       <c r="M183" s="19"/>
     </row>
     <row r="184" spans="2:13" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="B184" s="19"/>
       <c r="C184" s="19"/>
       <c r="D184" s="19"/>
       <c r="E184" s="19"/>
       <c r="F184" s="19"/>
       <c r="G184" s="19"/>
       <c r="H184" s="19"/>
       <c r="I184" s="19"/>
       <c r="J184" s="19"/>
       <c r="K184" s="19"/>
       <c r="L184" s="19"/>
@@ -7155,313 +7212,311 @@
     <row r="345" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="346" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="347" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="348" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="349" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="350" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="351" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="352" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="353" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="354" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="355" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="356" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="357" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="358" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="359" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="360" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="361" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="362" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="363" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="364" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="365" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="366" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="367" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="368" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="tY1jRZOKAzmjhWJCxRXaLGYm6InXByQOJuEYrVQo3/sFIyRjBuJ/vo9VXiO/mutRlnXVbmv7aiRsLUVNmE25mQ==" saltValue="Ys2Jih+wZ7QWdhoI3Rp0vA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="oEINGscVfuIQx/FzSaRgMnSKqnxyqD6USwK5VAj1ippNvs7umhWDne8fsp9JtVQp4mnO2sPIB5VtMITNll6DIg==" saltValue="MX5AXd6Yiq5ePPtjWr0egg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="43">
     <mergeCell ref="C3:L3"/>
     <mergeCell ref="H42:I42"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="H44:I44"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="C6:I6"/>
     <mergeCell ref="D19:I19"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="I8:L8"/>
     <mergeCell ref="K26:L26"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="G10:H10"/>
-    <mergeCell ref="I10:L10"/>
     <mergeCell ref="C4:L4"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:L11"/>
     <mergeCell ref="F61:H61"/>
-    <mergeCell ref="F62:H62"/>
+    <mergeCell ref="B176:M182"/>
     <mergeCell ref="D48:H48"/>
     <mergeCell ref="F60:H60"/>
     <mergeCell ref="I9:L9"/>
     <mergeCell ref="D35:J35"/>
     <mergeCell ref="D44:G44"/>
     <mergeCell ref="D46:I46"/>
+    <mergeCell ref="I10:L10"/>
     <mergeCell ref="C222:N222"/>
     <mergeCell ref="G9:H9"/>
-    <mergeCell ref="B176:M180"/>
     <mergeCell ref="D38:I38"/>
     <mergeCell ref="D42:G42"/>
     <mergeCell ref="D68:L68"/>
     <mergeCell ref="G31:G32"/>
     <mergeCell ref="H31:K31"/>
     <mergeCell ref="E52:G52"/>
     <mergeCell ref="E50:G50"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="D67:L67"/>
     <mergeCell ref="H50:L50"/>
     <mergeCell ref="F63:H63"/>
     <mergeCell ref="F64:H64"/>
+    <mergeCell ref="F62:H62"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <dataValidations count="4">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L46 L48 L44 L38 L35 L40 L42" xr:uid="{9495A6AC-FBB2-4BE8-BB17-39C040C357A1}">
       <formula1>$D$112:$D$113</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L15" xr:uid="{26A44170-C564-4370-8628-B8FE53B65A9B}">
       <formula1>$D$115:$D$119</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H22:H23" xr:uid="{E94E61C9-B6EB-4221-8B1E-EE8899A29C51}">
       <formula1>$G$91:$G$121</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I22:I23" xr:uid="{B38F5B64-8879-41B1-9612-055CA2E62347}">
       <formula1>$I$91:$I$102</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="H40" r:id="rId1" xr:uid="{154C8269-9CCD-4929-940D-0C81B9ECD898}"/>
     <hyperlink ref="G31" location="'Voluntary ContributionEstimator'!A1" display="Return to Calculator" xr:uid="{B1F6B780-E6D3-4166-8FEE-8F453DEE37D5}"/>
     <hyperlink ref="H42:I42" location="'AVC Facts'!A1" display="Click for Information" xr:uid="{85B0778F-DA6C-44BE-8B83-D672FEC7E8A1}"/>
     <hyperlink ref="G31:G32" location="'AVC Calculator'!Print_Area" display="Return to Calculator" xr:uid="{9D2961A3-5FBC-4465-8660-23BD8C70C6C2}"/>
     <hyperlink ref="H44:I44" r:id="rId2" display="Click for Annual Report" xr:uid="{4E0B7D10-051C-4322-9122-B8B41C7A9E75}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.4" bottom="0.32" header="0.45" footer="0.51181102362204722"/>
   <pageSetup scale="62" orientation="portrait" r:id="rId3"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId4"/>
   <legacyDrawing r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4EB95976-274F-4EC0-9042-D93984A222BE}">
   <sheetPr codeName="Sheet3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:C40"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C37" sqref="C37"/>
+      <selection activeCell="C38" sqref="C38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="13.8" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.33203125" style="2" customWidth="1"/>
     <col min="2" max="2" width="9.33203125" style="2" customWidth="1"/>
     <col min="3" max="3" width="81.33203125" style="2" customWidth="1"/>
     <col min="4" max="4" width="4.6640625" style="2" customWidth="1"/>
     <col min="5" max="16384" width="0" style="2" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:3" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:3" x14ac:dyDescent="0.25"/>
     <row r="3" spans="2:3" x14ac:dyDescent="0.25"/>
     <row r="4" spans="2:3" x14ac:dyDescent="0.25"/>
     <row r="5" spans="2:3" x14ac:dyDescent="0.25"/>
     <row r="6" spans="2:3" x14ac:dyDescent="0.25"/>
     <row r="7" spans="2:3" x14ac:dyDescent="0.25"/>
     <row r="8" spans="2:3" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="19"/>
     </row>
     <row r="9" spans="2:3" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B9" s="99" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="99"/>
+      <c r="B9" s="126" t="s">
+        <v>135</v>
+      </c>
+      <c r="C9" s="126"/>
     </row>
     <row r="10" spans="2:3" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B10" s="5" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="2:3" x14ac:dyDescent="0.25"/>
     <row r="12" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B12" s="2">
         <v>1</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
     </row>
     <row r="13" spans="2:3" x14ac:dyDescent="0.25"/>
     <row r="14" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B14" s="2">
         <v>2</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="15" spans="2:3" x14ac:dyDescent="0.25"/>
     <row r="16" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B16" s="2">
         <v>3</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="17" spans="2:3" x14ac:dyDescent="0.25"/>
     <row r="18" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B18" s="2">
         <v>4</v>
       </c>
       <c r="C18" s="19" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="19" spans="2:3" x14ac:dyDescent="0.25"/>
     <row r="20" spans="2:3" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B20" s="5" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="21" spans="2:3" x14ac:dyDescent="0.25"/>
     <row r="22" spans="2:3" ht="27.6" x14ac:dyDescent="0.25">
       <c r="B22" s="2">
         <v>1</v>
       </c>
       <c r="C22" s="19" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
     </row>
     <row r="23" spans="2:3" x14ac:dyDescent="0.25"/>
     <row r="24" spans="2:3" ht="27.6" x14ac:dyDescent="0.25">
       <c r="B24" s="2">
         <v>2</v>
       </c>
       <c r="C24" s="19" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
     </row>
     <row r="25" spans="2:3" x14ac:dyDescent="0.25"/>
     <row r="26" spans="2:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="2">
         <v>3</v>
       </c>
       <c r="C26" s="19" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
     </row>
     <row r="27" spans="2:3" x14ac:dyDescent="0.25">
       <c r="C27" s="19"/>
     </row>
     <row r="28" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B28" s="5" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C28" s="19"/>
     </row>
     <row r="29" spans="2:3" x14ac:dyDescent="0.25">
       <c r="C29" s="19"/>
     </row>
     <row r="30" spans="2:3" ht="27.6" x14ac:dyDescent="0.25">
       <c r="C30" s="19" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
     </row>
     <row r="31" spans="2:3" x14ac:dyDescent="0.25">
       <c r="C31" s="19"/>
     </row>
     <row r="32" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B32" s="5" t="s">
         <v>111</v>
       </c>
       <c r="C32" s="19"/>
     </row>
     <row r="33" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B33" s="5"/>
       <c r="C33" s="19"/>
     </row>
     <row r="34" spans="2:3" ht="27.6" x14ac:dyDescent="0.25">
       <c r="C34" s="19" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
     </row>
     <row r="35" spans="2:3" x14ac:dyDescent="0.25"/>
     <row r="36" spans="2:3" x14ac:dyDescent="0.25"/>
     <row r="37" spans="2:3" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C37" s="42" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="38" spans="2:3" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C38" s="42" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="39" spans="2:3" x14ac:dyDescent="0.25"/>
     <row r="40" spans="2:3" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="zCCAMxM/SJxMKoKCvz3npOx+jzttEy5aQgIsm1DTZ0opVV9VDjHcjFAa6bj5dN4uqcYI6gCJk+3SY/Y3jvnSPw==" saltValue="+mMIGi0JscwE/PqQ8xpaPg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="B9:C9"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="C37" location="'AVC Calculator'!Print_Area" display="Click to return to Additional Voluntary Contribution Calculator" xr:uid="{3C35DF62-0FC8-4B2F-8330-DA8DA136F0F5}"/>
     <hyperlink ref="C38" location="'Application Form'!A1" display="Click to return to Voluntary Contribution Application" xr:uid="{569CA9A7-3F61-4EAA-8789-89EA64FC9907}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="91" orientation="portrait" verticalDpi="4" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{85A5723F-BE1E-47DC-80D1-0355DDBC1401}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:V43"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="13.8" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="0.88671875" style="2" customWidth="1"/>
     <col min="2" max="2" width="18.6640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="3" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.6640625" style="9" customWidth="1"/>
     <col min="5" max="5" width="11.109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="8.44140625" style="1" customWidth="1"/>
     <col min="7" max="7" width="12.5546875" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.44140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="12.44140625" style="1" customWidth="1"/>
     <col min="10" max="10" width="3.6640625" style="1" customWidth="1"/>
     <col min="11" max="14" width="3.5546875" style="1" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="4" style="1" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="4.109375" style="1" hidden="1" customWidth="1"/>
     <col min="17" max="17" width="3.88671875" style="1" hidden="1" customWidth="1"/>
     <col min="18" max="18" width="4.44140625" style="1" hidden="1" customWidth="1"/>
     <col min="19" max="19" width="3.109375" style="1" hidden="1" customWidth="1"/>
     <col min="20" max="20" width="2.109375" style="1" hidden="1" customWidth="1"/>
     <col min="21" max="21" width="2.88671875" style="1" hidden="1" customWidth="1"/>
     <col min="22" max="22" width="11.44140625" style="2" hidden="1" customWidth="1"/>
     <col min="23" max="16384" width="9" style="2" hidden="1"/>
   </cols>
   <sheetData>
@@ -7486,56 +7541,56 @@
     <row r="5" spans="1:22" x14ac:dyDescent="0.3">
       <c r="V5" s="2">
         <f t="shared" si="0"/>
         <v>1993</v>
       </c>
     </row>
     <row r="6" spans="1:22" x14ac:dyDescent="0.3">
       <c r="V6" s="2">
         <f t="shared" si="0"/>
         <v>1994</v>
       </c>
     </row>
     <row r="7" spans="1:22" s="86" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A7" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:22" x14ac:dyDescent="0.3">
       <c r="V8" s="2" t="e">
         <f>+#REF!+1</f>
         <v>#REF!</v>
       </c>
     </row>
     <row r="9" spans="1:22" x14ac:dyDescent="0.3">
       <c r="B9" s="24" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C9" s="23"/>
       <c r="D9" s="25">
         <f>+'AVC Calculator'!D9</f>
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="V9" s="2" t="e">
         <f t="shared" si="0"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="10" spans="1:22" x14ac:dyDescent="0.3">
       <c r="V10" s="2" t="e">
         <f>+#REF!+1</f>
         <v>#REF!</v>
       </c>
     </row>
     <row r="11" spans="1:22" x14ac:dyDescent="0.3">
       <c r="V11" s="2" t="e">
         <f>+#REF!+1</f>
         <v>#REF!</v>
       </c>
     </row>
     <row r="12" spans="1:22" x14ac:dyDescent="0.3">
       <c r="D12" s="20"/>
       <c r="E12" s="27" t="s">
         <v>0</v>
       </c>
@@ -7587,63 +7642,63 @@
       <c r="I13" s="28" t="s">
         <v>4</v>
       </c>
       <c r="K13" s="27"/>
       <c r="L13" s="27"/>
       <c r="M13" s="27"/>
       <c r="N13" s="27"/>
       <c r="O13" s="27"/>
       <c r="P13" s="27"/>
       <c r="Q13" s="27"/>
       <c r="R13" s="27"/>
       <c r="S13" s="27"/>
       <c r="T13" s="27"/>
       <c r="U13" s="27"/>
       <c r="V13" s="2" t="e">
         <f t="shared" si="0"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="14" spans="1:22" x14ac:dyDescent="0.3">
       <c r="B14" s="141"/>
       <c r="C14" s="142"/>
       <c r="D14" s="142"/>
       <c r="E14" s="29">
         <f>+'AVC Calculator'!H19</f>
-        <v>75000</v>
+        <v>80000</v>
       </c>
       <c r="F14" s="30">
         <f>'AVC Calculator'!H22</f>
         <v>1</v>
       </c>
       <c r="G14" s="31">
         <f>F14</f>
         <v>1</v>
       </c>
       <c r="H14" s="32">
         <f>IF(G14=0,E14,ROUND(E14/G14,2))</f>
-        <v>75000</v>
+        <v>80000</v>
       </c>
       <c r="I14" s="33">
         <f>IF(G14=0,F14,ROUND(F14/G14,3))</f>
         <v>1</v>
       </c>
       <c r="K14" s="34"/>
       <c r="L14" s="34"/>
       <c r="M14" s="34"/>
       <c r="N14" s="34"/>
       <c r="O14" s="34"/>
       <c r="P14" s="34"/>
       <c r="Q14" s="34"/>
       <c r="R14" s="34"/>
       <c r="S14" s="34"/>
       <c r="T14" s="34"/>
       <c r="U14" s="34"/>
       <c r="V14" s="2" t="e">
         <f t="shared" si="0"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="15" spans="1:22" x14ac:dyDescent="0.3">
       <c r="B15" s="141"/>
       <c r="C15" s="142"/>
       <c r="D15" s="142"/>
@@ -7750,245 +7805,245 @@
       <c r="I18" s="33">
         <f>IF(G18=0,F18,ROUND(F18/G18,3))</f>
         <v>0</v>
       </c>
       <c r="K18" s="34"/>
       <c r="L18" s="34"/>
       <c r="M18" s="34"/>
       <c r="N18" s="34"/>
       <c r="O18" s="34"/>
       <c r="P18" s="34"/>
       <c r="Q18" s="34"/>
       <c r="R18" s="34"/>
       <c r="S18" s="34"/>
       <c r="T18" s="34"/>
       <c r="U18" s="34"/>
       <c r="V18" s="2" t="e">
         <f t="shared" si="0"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="19" spans="2:22" x14ac:dyDescent="0.3">
       <c r="B19" s="35"/>
       <c r="C19" s="36"/>
       <c r="E19" s="37">
         <f>SUM(E14:E18)</f>
-        <v>75000</v>
+        <v>80000</v>
       </c>
       <c r="F19" s="34">
         <f>SUM(F14:F18)</f>
         <v>1</v>
       </c>
       <c r="G19" s="38">
         <f>AVERAGE(G14:G18)</f>
         <v>1</v>
       </c>
       <c r="H19" s="39">
         <f>SUM(H14:H18)</f>
-        <v>75000</v>
+        <v>80000</v>
       </c>
       <c r="I19" s="40">
         <f>SUM(I14:I18)</f>
         <v>1</v>
       </c>
       <c r="K19" s="34"/>
       <c r="L19" s="34"/>
       <c r="M19" s="34"/>
       <c r="N19" s="34"/>
       <c r="O19" s="34"/>
       <c r="P19" s="34"/>
       <c r="Q19" s="34"/>
       <c r="R19" s="34"/>
       <c r="S19" s="34"/>
       <c r="T19" s="34"/>
       <c r="U19" s="34"/>
       <c r="V19" s="2" t="e">
         <f t="shared" si="0"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="20" spans="2:22" x14ac:dyDescent="0.3">
       <c r="D20" s="20"/>
       <c r="V20" s="2" t="e">
         <f t="shared" si="0"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="21" spans="2:22" x14ac:dyDescent="0.3"/>
     <row r="22" spans="2:22" x14ac:dyDescent="0.3"/>
     <row r="23" spans="2:22" x14ac:dyDescent="0.3">
       <c r="B23" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="24" spans="2:22" x14ac:dyDescent="0.3">
       <c r="D24" s="41"/>
     </row>
     <row r="25" spans="2:22" x14ac:dyDescent="0.3">
       <c r="D25" s="20" t="s">
         <v>6</v>
       </c>
       <c r="H25" s="37">
         <f>IF(I19&gt;0,H19/I19,H19)</f>
-        <v>75000</v>
+        <v>80000</v>
       </c>
     </row>
     <row r="26" spans="2:22" x14ac:dyDescent="0.3">
       <c r="D26" s="20" t="s">
         <v>7</v>
       </c>
       <c r="H26" s="1">
-        <f>VLOOKUP($D$9,YMPE!$A$2:$D$103,2,1)</f>
-        <v>71300</v>
+        <f>VLOOKUP($D$9,YMPE!$A$2:$D$104,2,1)</f>
+        <v>74600</v>
       </c>
     </row>
     <row r="27" spans="2:22" x14ac:dyDescent="0.3">
       <c r="D27" s="20" t="s">
         <v>8</v>
       </c>
       <c r="H27" s="1">
         <f>IF(H25&lt;H26,0,H25-H26)</f>
-        <v>3700</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="28" spans="2:22" x14ac:dyDescent="0.3">
       <c r="D28" s="20" t="s">
         <v>9</v>
       </c>
       <c r="H28" s="1">
         <f>H27*0.02</f>
-        <v>74</v>
+        <v>108</v>
       </c>
     </row>
     <row r="29" spans="2:22" x14ac:dyDescent="0.3">
       <c r="D29" s="20" t="s">
         <v>10</v>
       </c>
       <c r="H29" s="1">
         <f>IF(H25&lt;H26,H25*0.014,ROUND(H26*0.014,2))</f>
-        <v>998.2</v>
+        <v>1044.4000000000001</v>
       </c>
     </row>
     <row r="30" spans="2:22" hidden="1" x14ac:dyDescent="0.3">
       <c r="H30" s="1">
         <f>+H28+H29</f>
-        <v>1072.2</v>
+        <v>1152.4000000000001</v>
       </c>
     </row>
     <row r="31" spans="2:22" hidden="1" x14ac:dyDescent="0.3">
       <c r="D31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="H31" s="1">
-        <f>VLOOKUP($D$9,PAMax!$A$2:$E$103,2,1)</f>
-        <v>3756.67</v>
+        <f>VLOOKUP($D$9,PAMax!$A$2:$E$104,2,1)</f>
+        <v>3932.22</v>
       </c>
     </row>
     <row r="32" spans="2:22" x14ac:dyDescent="0.3"/>
     <row r="33" spans="2:21" x14ac:dyDescent="0.3">
       <c r="D33" s="20" t="s">
         <v>11</v>
       </c>
       <c r="H33" s="1">
         <f>IF(H30&lt;H31,H30,H31)</f>
-        <v>1072.2</v>
+        <v>1152.4000000000001</v>
       </c>
       <c r="I33" s="9" t="str">
         <f>IF(H30&lt;+H31,"","Maximum")</f>
         <v/>
       </c>
     </row>
     <row r="34" spans="2:21" x14ac:dyDescent="0.3">
       <c r="D34" s="20" t="s">
         <v>12</v>
       </c>
       <c r="H34" s="1">
         <f>ROUND(9*H33,2)</f>
-        <v>9649.7999999999993</v>
+        <v>10371.6</v>
       </c>
     </row>
     <row r="35" spans="2:21" x14ac:dyDescent="0.3">
       <c r="D35" s="20" t="s">
         <v>13</v>
       </c>
       <c r="H35" s="1">
         <f>IF(D9&gt;1996,600,1000)</f>
         <v>600</v>
       </c>
     </row>
     <row r="36" spans="2:21" hidden="1" x14ac:dyDescent="0.3">
       <c r="D36" s="20" t="s">
         <v>51</v>
       </c>
       <c r="H36" s="1">
         <f>H34-H35</f>
-        <v>9049.7999999999993</v>
+        <v>9771.6</v>
       </c>
     </row>
     <row r="37" spans="2:21" x14ac:dyDescent="0.3">
       <c r="D37" s="20" t="s">
         <v>53</v>
       </c>
       <c r="H37" s="1">
         <f>+ROUND(H36*F19,0)</f>
-        <v>9050</v>
+        <v>9772</v>
       </c>
       <c r="I37" s="2"/>
     </row>
     <row r="38" spans="2:21" x14ac:dyDescent="0.3">
       <c r="D38" s="20"/>
       <c r="E38" s="26"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="2:21" x14ac:dyDescent="0.3">
       <c r="B39" s="20"/>
       <c r="C39" s="20"/>
       <c r="D39" s="20"/>
       <c r="E39" s="20"/>
       <c r="F39" s="20"/>
       <c r="G39" s="20"/>
       <c r="H39" s="20"/>
       <c r="I39" s="20"/>
       <c r="J39" s="20"/>
       <c r="K39" s="20"/>
       <c r="L39" s="20"/>
       <c r="M39" s="20"/>
       <c r="N39" s="20"/>
       <c r="O39" s="20"/>
       <c r="P39" s="20"/>
       <c r="Q39" s="20"/>
       <c r="R39" s="20"/>
       <c r="S39" s="20"/>
       <c r="T39" s="20"/>
       <c r="U39" s="20"/>
     </row>
     <row r="40" spans="2:21" x14ac:dyDescent="0.3"/>
     <row r="41" spans="2:21" x14ac:dyDescent="0.3"/>
     <row r="42" spans="2:21" x14ac:dyDescent="0.3"/>
     <row r="43" spans="2:21" x14ac:dyDescent="0.3"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Kz+UY6Rjnb0B28LOaqO0ip/Ur6B9mwP6ClBOMAP7RjnF42WbZW7RBgp6wzByKHhCqYXZg2A7L8/aJbcxIOA2Vw==" saltValue="I1wOBwhAOc8VK+uKab5tkw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Sl9mKaZxnZOFKv86LmPHzTEw36aBBrHtp0BU2CiAIRT1cSHzjUgJOEK39JGqPHnvzXi9qGnp+UEFzmP1Jgumrg==" saltValue="YKN4+iNTqWgCeBgkfueC1Q==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="6">
     <mergeCell ref="A7:XFD7"/>
     <mergeCell ref="B18:D18"/>
     <mergeCell ref="B14:D14"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="B16:D16"/>
     <mergeCell ref="B17:D17"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.78749999999999998" right="0.78749999999999998" top="0.78749999999999998" bottom="0.78749999999999998" header="0.51180555555555551" footer="0.51180555555555551"/>
   <pageSetup scale="87" orientation="portrait" useFirstPageNumber="1" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ACB48698-E072-452A-8F60-4A0F1920FA9D}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:W163"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B29" sqref="B29"/>
@@ -8028,304 +8083,304 @@
       <c r="A7" s="86" t="s">
         <v>132</v>
       </c>
       <c r="B7" s="86"/>
       <c r="C7" s="86"/>
       <c r="D7" s="86"/>
       <c r="E7" s="86"/>
       <c r="F7" s="86"/>
       <c r="G7" s="86"/>
       <c r="H7" s="86"/>
       <c r="I7" s="86"/>
       <c r="J7" s="10"/>
       <c r="K7" s="11"/>
       <c r="L7" s="11"/>
       <c r="M7" s="11"/>
       <c r="N7" s="11"/>
       <c r="O7" s="11"/>
       <c r="P7" s="11"/>
       <c r="Q7" s="11"/>
       <c r="R7" s="11"/>
       <c r="S7" s="11"/>
       <c r="T7" s="11"/>
       <c r="U7" s="11"/>
     </row>
     <row r="8" spans="1:21" ht="18" x14ac:dyDescent="0.35">
-      <c r="A8" s="143">
+      <c r="A8" s="144">
         <f>+'Application Form'!G25</f>
-        <v>2025</v>
-[...8 lines deleted...]
-      <c r="I8" s="143"/>
+        <v>2026</v>
+      </c>
+      <c r="B8" s="144"/>
+      <c r="C8" s="144"/>
+      <c r="D8" s="144"/>
+      <c r="E8" s="144"/>
+      <c r="F8" s="144"/>
+      <c r="G8" s="144"/>
+      <c r="H8" s="144"/>
+      <c r="I8" s="144"/>
     </row>
     <row r="9" spans="1:21" ht="13.8" x14ac:dyDescent="0.3"/>
     <row r="10" spans="1:21" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A10" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>119</v>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="6"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="12">
         <f>IF(H13&lt;H14,H13,H14)</f>
-        <v>13500</v>
+        <v>14400</v>
       </c>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
       <c r="M10" s="4"/>
       <c r="N10" s="4"/>
       <c r="O10" s="4"/>
       <c r="P10" s="4"/>
       <c r="Q10" s="4"/>
       <c r="R10" s="4"/>
       <c r="S10" s="4"/>
       <c r="T10" s="4"/>
       <c r="U10" s="4"/>
     </row>
     <row r="11" spans="1:21" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
       <c r="D11" s="6"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
       <c r="M11" s="4"/>
       <c r="N11" s="4"/>
       <c r="O11" s="4"/>
       <c r="P11" s="4"/>
       <c r="Q11" s="4"/>
       <c r="R11" s="4"/>
       <c r="S11" s="4"/>
       <c r="T11" s="4"/>
       <c r="U11" s="4"/>
     </row>
     <row r="12" spans="1:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="B12" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="B13" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H13" s="1">
         <f>+'AVC Calculator'!H19*0.18</f>
-        <v>13500</v>
+        <v>14400</v>
       </c>
     </row>
     <row r="14" spans="1:21" ht="13.8" x14ac:dyDescent="0.3">
       <c r="B14" s="1" t="s">
         <v>97</v>
       </c>
       <c r="H14" s="1">
-        <f>VLOOKUP($A$8,MPL!$A$2:$D$103,2,1)</f>
-        <v>33810</v>
+        <f>VLOOKUP($A$8,MPL!$A$2:$D$104,2,1)</f>
+        <v>35390</v>
       </c>
     </row>
     <row r="15" spans="1:21" ht="13.8" x14ac:dyDescent="0.3"/>
     <row r="16" spans="1:21" ht="13.8" x14ac:dyDescent="0.3"/>
     <row r="17" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A17" s="5" t="s">
         <v>98</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="H17" s="4">
         <f>ROUND(+'PA Calculator'!H37,0)</f>
-        <v>9050</v>
+        <v>9772</v>
       </c>
     </row>
     <row r="18" spans="1:22" ht="13.8" x14ac:dyDescent="0.3"/>
     <row r="19" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="V19" s="2">
         <f>+B163+1</f>
         <v>2023</v>
       </c>
     </row>
     <row r="20" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A20" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>106</v>
       </c>
       <c r="H20" s="4">
         <f>+H10-H17</f>
-        <v>4450</v>
+        <v>4628</v>
       </c>
     </row>
     <row r="21" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="B21" s="13" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="22" spans="1:22" ht="13.8" x14ac:dyDescent="0.3"/>
     <row r="23" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A23" s="5" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>100</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>101</v>
       </c>
       <c r="H23" s="4">
         <f>+H20*0.2</f>
-        <v>890</v>
+        <v>925.6</v>
       </c>
     </row>
     <row r="24" spans="1:22" ht="13.8" x14ac:dyDescent="0.3"/>
     <row r="25" spans="1:22" ht="14.4" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="26" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>130</v>
       </c>
       <c r="F26" s="14"/>
       <c r="H26" s="15">
         <f>+H20-H23</f>
-        <v>3560</v>
+        <v>3702.4</v>
       </c>
     </row>
     <row r="27" spans="1:22" ht="14.4" x14ac:dyDescent="0.3">
       <c r="B27" s="1" t="s">
         <v>102</v>
       </c>
       <c r="F27" s="14"/>
       <c r="H27" s="4"/>
     </row>
     <row r="28" spans="1:22" ht="14.4" x14ac:dyDescent="0.3">
       <c r="B28" s="4"/>
       <c r="F28" s="14"/>
       <c r="H28" s="4"/>
     </row>
     <row r="29" spans="1:22" ht="14.4" x14ac:dyDescent="0.3">
       <c r="B29" s="16" t="s">
         <v>105</v>
       </c>
       <c r="F29" s="14"/>
       <c r="H29" s="4"/>
     </row>
     <row r="30" spans="1:22" ht="14.4" x14ac:dyDescent="0.3">
       <c r="B30" s="4"/>
       <c r="F30" s="14"/>
       <c r="H30" s="4"/>
     </row>
     <row r="31" spans="1:22" ht="14.4" x14ac:dyDescent="0.3">
       <c r="B31" s="4"/>
       <c r="F31" s="14"/>
       <c r="H31" s="4"/>
     </row>
     <row r="32" spans="1:22" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A32" s="4" t="s">
         <v>100</v>
       </c>
       <c r="C32" s="17"/>
       <c r="D32" s="18"/>
       <c r="E32" s="17"/>
       <c r="F32" s="17"/>
       <c r="G32" s="18"/>
       <c r="I32" s="18"/>
     </row>
     <row r="33" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="A33" s="98" t="s">
+      <c r="A33" s="143" t="s">
         <v>131</v>
       </c>
-      <c r="B33" s="99"/>
-[...6 lines deleted...]
-      <c r="I33" s="99"/>
+      <c r="B33" s="126"/>
+      <c r="C33" s="126"/>
+      <c r="D33" s="126"/>
+      <c r="E33" s="126"/>
+      <c r="F33" s="126"/>
+      <c r="G33" s="126"/>
+      <c r="H33" s="126"/>
+      <c r="I33" s="126"/>
     </row>
     <row r="34" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="A34" s="99"/>
-[...7 lines deleted...]
-      <c r="I34" s="99"/>
+      <c r="A34" s="126"/>
+      <c r="B34" s="126"/>
+      <c r="C34" s="126"/>
+      <c r="D34" s="126"/>
+      <c r="E34" s="126"/>
+      <c r="F34" s="126"/>
+      <c r="G34" s="126"/>
+      <c r="H34" s="126"/>
+      <c r="I34" s="126"/>
     </row>
     <row r="35" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="A35" s="99"/>
-[...7 lines deleted...]
-      <c r="I35" s="99"/>
+      <c r="A35" s="126"/>
+      <c r="B35" s="126"/>
+      <c r="C35" s="126"/>
+      <c r="D35" s="126"/>
+      <c r="E35" s="126"/>
+      <c r="F35" s="126"/>
+      <c r="G35" s="126"/>
+      <c r="H35" s="126"/>
+      <c r="I35" s="126"/>
     </row>
     <row r="36" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="A36" s="99"/>
-[...7 lines deleted...]
-      <c r="I36" s="99"/>
+      <c r="A36" s="126"/>
+      <c r="B36" s="126"/>
+      <c r="C36" s="126"/>
+      <c r="D36" s="126"/>
+      <c r="E36" s="126"/>
+      <c r="F36" s="126"/>
+      <c r="G36" s="126"/>
+      <c r="H36" s="126"/>
+      <c r="I36" s="126"/>
     </row>
     <row r="37" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
-      <c r="A37" s="99"/>
-[...7 lines deleted...]
-      <c r="I37" s="99"/>
+      <c r="A37" s="126"/>
+      <c r="B37" s="126"/>
+      <c r="C37" s="126"/>
+      <c r="D37" s="126"/>
+      <c r="E37" s="126"/>
+      <c r="F37" s="126"/>
+      <c r="G37" s="126"/>
+      <c r="H37" s="126"/>
+      <c r="I37" s="126"/>
     </row>
     <row r="38" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A38" s="19"/>
       <c r="B38" s="19"/>
       <c r="C38" s="19"/>
       <c r="D38" s="19"/>
       <c r="E38" s="19"/>
       <c r="F38" s="19"/>
       <c r="G38" s="19"/>
       <c r="H38" s="19"/>
       <c r="I38" s="19"/>
     </row>
     <row r="39" spans="1:9" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="A39" s="19"/>
       <c r="B39" s="19"/>
       <c r="C39" s="19"/>
       <c r="D39" s="19"/>
       <c r="E39" s="19"/>
       <c r="F39" s="19"/>
       <c r="G39" s="19"/>
       <c r="H39" s="19"/>
       <c r="I39" s="19"/>
     </row>
     <row r="40" spans="1:9" ht="13.8" hidden="1" x14ac:dyDescent="0.3">
       <c r="A40" s="19"/>
@@ -9143,103 +9198,105 @@
     <row r="160" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B160" s="2">
         <f t="shared" si="0"/>
         <v>2019</v>
       </c>
     </row>
     <row r="161" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B161" s="2">
         <f t="shared" si="0"/>
         <v>2020</v>
       </c>
     </row>
     <row r="162" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B162" s="2">
         <f t="shared" si="0"/>
         <v>2021</v>
       </c>
     </row>
     <row r="163" spans="2:2" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B163" s="2">
         <f t="shared" si="0"/>
         <v>2022</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="u+zuA5P8WidVcJ+od8UkGzDuHqWl2mri2KfG0TplKq6oQtiivhDfLuPkt2ryA3ZaTzcst1rJuq1ljWkF9eWnzQ==" saltValue="8C5NKlqiRifC59CO3HUWzQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Dq3w7nX760O/2gVNNSuMINrIHPRy89jdryAU9XgfV01D63cvoO+FisVy0JSh9mHs+qlznU+Jj3xiNo0HHftK0A==" saltValue="tKDtGB2SB0F7q4m4JAR9iA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="4">
     <mergeCell ref="B79:J79"/>
     <mergeCell ref="A33:I37"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A8:I8"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="B29" location="'AVC Calculator'!A1" display="Click to return to Calculator" xr:uid="{F6CADAEE-A57D-4BEE-B644-DC3D65CE6EFD}"/>
   </hyperlinks>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup scale="87" orientation="portrait" verticalDpi="4" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EE1750A1-DFE5-4EB9-8C28-E0DB58FCCDFB}">
-  <sheetPr codeName="Sheet7"/>
-  <dimension ref="A1:H37"/>
+  <sheetPr codeName="Sheet7">
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A17" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="1" topLeftCell="A14" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="M12" sqref="M12"/>
-      <selection pane="bottomLeft" activeCell="E38" sqref="E38"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10" style="1" customWidth="1"/>
     <col min="2" max="4" width="11.109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="11.33203125" style="2" customWidth="1"/>
     <col min="6" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A1" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C1" s="6" t="s">
         <v>35</v>
       </c>
       <c r="D1" s="6" t="s">
         <v>36</v>
       </c>
       <c r="E1" s="7" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" s="3">
         <v>1990</v>
       </c>
       <c r="B2" s="1">
         <v>28900</v>
       </c>
       <c r="C2" s="1">
         <v>63889</v>
       </c>
       <c r="D2" s="1">
         <v>86111</v>
       </c>
       <c r="E2" s="1">
         <v>1722.22</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>1991</v>
       </c>
       <c r="B3" s="1">
         <v>30500</v>
@@ -9627,71 +9684,84 @@
         <v>3506.67</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A36" s="3">
         <v>2024</v>
       </c>
       <c r="B36" s="1">
         <v>68500</v>
       </c>
       <c r="E36" s="1">
         <v>3610</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A37" s="3">
         <v>2025</v>
       </c>
       <c r="B37" s="1">
         <v>71300</v>
       </c>
       <c r="E37" s="1">
         <v>3756.67</v>
       </c>
     </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A38" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B38" s="1">
+        <v>74600</v>
+      </c>
+      <c r="E38" s="1">
+        <v>3932.22</v>
+      </c>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="T7pyrDc9uwITmakaCqAbpXsmPYd7YBVTey4pqFeVFJLWhlOstXI++40+X5Kzvkalf94nE83q9slBcCLHo7ABsw==" saltValue="SR/cdckSwHcknvQHZJ1pBQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="96StUWu7lreAk0YhrD6nlCFtm3qV6EyeoSTsR0hx1pd8H4YxesdmJoS0mbzN6lih0p6Ib0bfIRA8THma58J3WQ==" saltValue="jhx0pyhUvKOYVaPv08x3CA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <phoneticPr fontId="1" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="H24" r:id="rId1" xr:uid="{2F3216EC-D7AE-4530-AD9F-4FEEFBFDCBDE}"/>
   </hyperlinks>
   <pageMargins left="0.78749999999999998" right="0.78749999999999998" top="0.78749999999999998" bottom="0.78749999999999998" header="0.51180555555555551" footer="0.51180555555555551"/>
   <pageSetup orientation="portrait" useFirstPageNumber="1" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{16C27A23-396B-4256-8F80-11D65889A726}">
-  <sheetPr codeName="Sheet8"/>
-  <dimension ref="A1:E37"/>
+  <sheetPr codeName="Sheet8">
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:E38"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A23" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="1" topLeftCell="A15" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="M12" sqref="M12"/>
-      <selection pane="bottomLeft" activeCell="B35" sqref="B35"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10" style="1" customWidth="1"/>
     <col min="2" max="5" width="11.109375" style="1" customWidth="1"/>
     <col min="6" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A1" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>39</v>
       </c>
       <c r="C1" s="6" t="s">
         <v>49</v>
       </c>
       <c r="D1" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E1" s="6" t="s">
         <v>36</v>
       </c>
@@ -10100,68 +10170,81 @@
         <v>31560</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A36" s="3">
         <v>2024</v>
       </c>
       <c r="B36" s="1">
         <v>3610</v>
       </c>
       <c r="C36" s="1">
         <v>32490</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A37" s="3">
         <v>2025</v>
       </c>
       <c r="B37" s="1">
         <v>3756.67</v>
       </c>
       <c r="C37" s="1">
         <v>33810</v>
       </c>
     </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A38" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B38" s="1">
+        <v>3932.22</v>
+      </c>
+      <c r="C38" s="1">
+        <v>35390</v>
+      </c>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Zw6ukJnfryfqBCkejHYuNwsTbwXAaYhzDbmVBBODctoFgSlq4YtW9MSCUJvRP+CicPCKlKvp9NeqAlqdjTTyOg==" saltValue="rogWVZzzt8/ktWpPTeO0qQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="01bC34eFjMKDsDswlxW1PJXBMwGoDMMzZuf/CLl9jxgzgkEVxwQvnRNwrJOJBDGMSvXQWlaJtKDE2Yzl38o8DA==" saltValue="pF7Zek+dZhWUzlHoEMe9FQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" verticalDpi="4" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{752675DC-9701-4EFC-B6B9-C37B5B18A26E}">
-  <sheetPr codeName="Sheet9"/>
-  <dimension ref="A1:D37"/>
+  <sheetPr codeName="Sheet9">
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:D38"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="1" topLeftCell="A13" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="M12" sqref="M12"/>
-      <selection pane="bottomLeft" activeCell="O21" sqref="O21"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10" style="1" customWidth="1"/>
     <col min="2" max="4" width="11.109375" style="1" customWidth="1"/>
     <col min="5" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A1" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>49</v>
       </c>
       <c r="C1" s="6" t="s">
         <v>35</v>
       </c>
       <c r="D1" s="6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A2" s="3">
@@ -10484,52 +10567,60 @@
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A35" s="3">
         <v>2023</v>
       </c>
       <c r="B35" s="1">
         <v>31560</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A36" s="3">
         <v>2024</v>
       </c>
       <c r="B36" s="1">
         <v>32490</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A37" s="3">
         <v>2025</v>
       </c>
       <c r="B37" s="1">
         <v>33810</v>
       </c>
     </row>
+    <row r="38" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A38" s="3">
+        <v>2026</v>
+      </c>
+      <c r="B38" s="1">
+        <v>35390</v>
+      </c>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="t8//uu7DdCTYybxUKRh2uvYpzVfEdKQJj+FUb0BykxIynAZ3pjcoWc5GSdsCoF6bdUVQdV9j/2BEyhGESk1xmQ==" saltValue="NGhP0jHEh2klv1NjkHFEPQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="rTHfcJ5koJDcEiajFthUqz1meVlEcMh5Xc5gOJaUPGQps/tybgQwt8svvEgzkKoTWk4fuqfYrA6gRR5zIYeO+Q==" saltValue="sdgBXF3d21RThAOnbVmJNQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C8C074BC-DDD2-4FB7-961D-320BD3A158F3}">
   <sheetPr codeName="Sheet6"/>
   <dimension ref="C1:R10"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="N27" sqref="N27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="3:18" x14ac:dyDescent="0.3">
       <c r="C1" s="1" t="s">
         <v>14</v>
       </c>
@@ -10624,70 +10715,73 @@
   </sheetData>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.78749999999999998" right="0.78749999999999998" top="0.78749999999999998" bottom="0.78749999999999998" header="0.51180555555555551" footer="0.51180555555555551"/>
   <pageSetup orientation="portrait" useFirstPageNumber="1" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>12</vt:i4>
+        <vt:i4>15</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="21" baseType="lpstr">
+    <vt:vector size="24" baseType="lpstr">
       <vt:lpstr>AVC Calculator</vt:lpstr>
       <vt:lpstr>Application Form</vt:lpstr>
       <vt:lpstr>AVC Facts</vt:lpstr>
       <vt:lpstr>PA Calculator</vt:lpstr>
       <vt:lpstr>MPL CALC</vt:lpstr>
       <vt:lpstr>YMPE</vt:lpstr>
       <vt:lpstr>PAMax</vt:lpstr>
       <vt:lpstr>MPL</vt:lpstr>
       <vt:lpstr>B</vt:lpstr>
       <vt:lpstr>_C</vt:lpstr>
       <vt:lpstr>_D</vt:lpstr>
       <vt:lpstr>_E</vt:lpstr>
       <vt:lpstr>_I</vt:lpstr>
       <vt:lpstr>_N</vt:lpstr>
       <vt:lpstr>_P</vt:lpstr>
       <vt:lpstr>_R</vt:lpstr>
       <vt:lpstr>'Application Form'!Print_Area</vt:lpstr>
       <vt:lpstr>'AVC Calculator'!Print_Area</vt:lpstr>
       <vt:lpstr>'AVC Facts'!Print_Area</vt:lpstr>
+      <vt:lpstr>MPL!Print_Area</vt:lpstr>
       <vt:lpstr>'MPL CALC'!Print_Area</vt:lpstr>
       <vt:lpstr>'PA Calculator'!Print_Area</vt:lpstr>
+      <vt:lpstr>PAMax!Print_Area</vt:lpstr>
+      <vt:lpstr>YMPE!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>davida</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>